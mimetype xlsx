--- v0 (2025-10-28)
+++ v1 (2026-03-06)
@@ -315,51 +315,51 @@
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Мелітопольський багатопрофільний центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>2093</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Мелітопольський БЦПТО"</t>
+          <t>ДНЗ "МЕЛІТОПОЛЬСЬКИЙ БАГАТОПРОФІЛЬНИЙ ЦПТО"</t>
         </is>
       </c>
       <c r="E2" s="5"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>72318</t>
@@ -385,51 +385,51 @@
           <t>бульв. 30-тиріччя Перемоги, 28</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>+380 (97) 826-75-52</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>mbcpto@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>mbzpto.org.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Виконуюча обов’язки директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Дорохова Леся Миколаївна</t>
+          <t>Бабаніна Тетяна Валентинівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Мелітопольський муніципальний учбово-професійний, соціально-трудовий центр реабілітації інвалідів</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>2430</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="E3" s="5"/>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>2000</v>
       </c>
@@ -621,81 +621,67 @@
           <t>72316</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA23080070010092407</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Мелітополь</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>вул. Лютнева, 194</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>(0619)41-94-54</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(061)-941-94-54; +38(096)-442-55-89;</t>
+        </is>
+      </c>
+      <c r="Q5" s="5"/>
+      <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Голова комісії з припинення</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Бородай Ірина Петрівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Однорог Тетяна Вікторівна</t>
+        </is>
+      </c>
+      <c r="U5" s="8"/>
+      <c r="V5" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>