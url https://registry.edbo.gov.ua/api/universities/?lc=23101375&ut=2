--- v0 (2025-10-19)
+++ v1 (2025-12-09)
@@ -380,51 +380,51 @@
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Виробнича, 15</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(061)239-75-40, +380661732925</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>vpu27@i.ua dnzzmvpu1@gmail.com</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>vpu27.zp.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Шулепіна Ганна Юріївна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Запорізький центр первинної професійної підготовки "Академія поліції" (м. Запоріжжя) Дніпропетровського державного університету внутрішніх справ</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>4069</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>209</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ЗЦППП "АП" ДДУВС</t>