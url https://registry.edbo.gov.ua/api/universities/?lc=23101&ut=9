--- v0 (2025-10-18)
+++ v1 (2025-12-09)
@@ -1598,56 +1598,56 @@
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
           <t>вул. Добролюбова, 7</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
           <t>(0619) 43 50 80</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
           <t>melkult@ukr.net</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
           <t>http://muk.zp.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Голова комісії з реорганізації</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Черкес Людмила Олександрівна</t>
+          <t>Піддубняк Олексій Євгенович</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>Структурний підрозділ "Фаховий коледж економіки та інформаційних технологій" Приватного акціонерного товариства "Приватний вищий навчальний заклад "Запорізький інститут економіки та інформаційних технологій"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
         <v>1450</v>
       </c>
       <c r="C16" s="6" t="n">
         <v>347</v>
       </c>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t>СП "Фаховий коледж ЕІТ" ПрАТ "ПВНЗ "ЗІЕІТ"</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>Structural Subdivision “Professional College of Economics and Information Technologies” Private Institute of Higher Education "Zaporizhzhya Institute of Economics and Information Technologies"</t>
@@ -1773,51 +1773,51 @@
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
           <t>вул. Рекордна, 20</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
           <t>(067)547-74-55</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
           <t>collegezp@itstep.org</t>
         </is>
       </c>
       <c r="R17" s="5"/>
       <c r="S17" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Ярова Олена Володимирівна</t>
+          <t>Матвієнко Анна Вікторівна</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>