--- v1 (2025-12-09)
+++ v2 (2026-02-12)
@@ -841,61 +841,61 @@
           <t>69005</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Яценка, 3 А</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>061 239 75 93, 061 239 75 84</t>
+          <t>+38(061)-239-75-84</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>zgk_zntu@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>http://zgfk.zp.ua</t>
+          <t>https://zgfk.zp.ua/</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Брутман Анна Богданівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Запорізький електротехнічний фаховий коледж Національного університету "Запорізька політехніка"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>521</v>
       </c>
       <c r="C8" s="6" t="n">
@@ -935,63 +935,59 @@
           <t>69019</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>просп. Соборний, 194</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>+38(061)-233-01-23</t>
+          <t>+38(061)-233-01-23;</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>zetkzntu2018@ukr.net</t>
         </is>
       </c>
-      <c r="R8" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R8" s="5"/>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Кошелюк Руслан Олегович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Запорізький фаховий коледж комп'ютерних технологій Національного університету "Запорізька політехніка"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>522</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>91</v>
       </c>
@@ -1399,63 +1395,55 @@
           <t>69600</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
           <t>Оріхівське шосе , 14</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>(061) 216 07 10</t>
-[...11 lines deleted...]
-      </c>
+          <t>0612160710;</t>
+        </is>
+      </c>
+      <c r="Q13" s="5"/>
+      <c r="R13" s="5"/>
       <c r="S13" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
           <t>Варавка Ірина Петрівна</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Запорізький фаховий коледж мистецтв і культури ім. П.І. Майбороди"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
         <v>1293</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>