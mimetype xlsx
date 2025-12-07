--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -730,51 +730,51 @@
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
           <t>вул. Виробнича, 15</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
           <t>(061)239-75-40, +380661732925</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
           <t>vpu27@i.ua dnzzmvpu1@gmail.com</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
           <t>vpu27.zp.ua</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
           <t>Шулепіна Ганна Юріївна</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Запорізький професійний ліцей автотранспорту"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>1720</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
@@ -1410,58 +1410,52 @@
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
           <t>вул. Радіаторна, 26</t>
         </is>
       </c>
       <c r="P14" s="5"/>
       <c r="Q14" s="5"/>
       <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
           <t>Малиш Олена Євгенівна</t>
         </is>
       </c>
-      <c r="U14" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U14" s="8"/>
+      <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Запорізький центр первинної професійної підготовки "Академія поліції" (м. Запоріжжя) Дніпропетровського державного університету внутрішніх справ</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
         <v>4069</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>209</v>
       </c>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t>ЗЦППП "АП" ДДУВС</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>Zaporizhzhia Basic professional training centre "Police Academy" (Zaporizhzhia) of the Dnipropetrovsk State University of Internal Affairs</t>
         </is>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">