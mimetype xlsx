--- v1 (2025-12-07)
+++ v2 (2026-02-02)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$23</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$24</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V23"/>
+  <dimension ref="A1:V24"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -1402,56 +1402,56 @@
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA23060070010385728</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
           <t>вул. Радіаторна, 26</t>
         </is>
       </c>
       <c r="P14" s="5"/>
       <c r="Q14" s="5"/>
       <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконувач обов'язків директора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Малиш Олена Євгенівна</t>
+          <t>Волкова Альона Юріївна</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Запорізький центр первинної професійної підготовки "Академія поліції" (м. Запоріжжя) Дніпропетровського державного університету внутрішніх справ</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
         <v>4069</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>209</v>
       </c>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t>ЗЦППП "АП" ДДУВС</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>Zaporizhzhia Basic professional training centre "Police Academy" (Zaporizhzhia) of the Dnipropetrovsk State University of Internal Affairs</t>
@@ -1510,717 +1510,801 @@
         <is>
           <t>zcppp-m@zp.npu.gov.ua</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
           <t>dduvs.in.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
           <t>Назаренко Микола Миколайович</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство "Водоканал"</t>
+          <t>Комунальна спеціальна воєнізована аварійно-рятувальна служба</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>3838</v>
+        <v>7343</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>КП "Водоканал"</t>
+          <t>КСВАРС</t>
         </is>
       </c>
       <c r="E16" s="5"/>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J16" s="5"/>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>69002</t>
+          <t>69095</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Святого Миколая, 61</t>
+          <t>вул. Захарія Махна, 2</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>(061) 222-24-01</t>
+          <t>(096)319-79-99</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>info@vodokanal.zp.ua</t>
-[...2 lines deleted...]
-      <c r="R16" s="5"/>
+          <t>ksvass.kobra@ukr.net</t>
+        </is>
+      </c>
+      <c r="R16" s="5" t="inlineStr">
+        <is>
+          <t>https://www.ksvars.zp.ua/navchalniy-centr</t>
+        </is>
+      </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Начальник служби</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Шаповал Андрій Андрійович</t>
+          <t>Малєв Олександр Олександрович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство "Запорізький обласний центр охорони праці" Запорізької обласної ради</t>
+          <t>Комунальне підприємство "Водоканал"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>2748</v>
+        <v>3838</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>КП "ЗОЦОП" ЗОР</t>
+          <t>КП "Водоканал"</t>
         </is>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J17" s="5"/>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>69095</t>
+          <t>69002</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Українська, 50</t>
+          <t>вул. Святого Миколая, 61</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>0612 635157</t>
+          <t>(061) 222-24-01</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>635157@gmail.com</t>
+          <t>info@vodokanal.zp.ua</t>
         </is>
       </c>
       <c r="R17" s="5"/>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Геворкян Ріпсіме Ашотівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Шаповал Андрій Андрійович</t>
+        </is>
+      </c>
+      <c r="U17" s="8"/>
+      <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>Навчально-методичний центр цивільного захисту та безпеки життєдільності Запорізької області</t>
+          <t>Комунальне підприємство "Запорізький обласний центр охорони праці" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>4402</v>
+        <v>2748</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>НМЦ ЦЗ та БЖД Запорізькой області</t>
+          <t>КП "ЗОЦОП" ЗОР</t>
         </is>
       </c>
       <c r="E18" s="5"/>
       <c r="F18" s="7"/>
       <c r="G18" s="6" t="n">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J18" s="5" t="inlineStr">
         <is>
-          <t>Державна служба України з надзвичайних ситуацій</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K18" s="7" t="inlineStr">
         <is>
-          <t>69035</t>
+          <t>69095</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
-          <t>просп. Соборний, 180-А</t>
+          <t>вул. Українська, 50</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>2330413; 333544;</t>
-[...2 lines deleted...]
-      <c r="Q18" s="5"/>
+          <t>0612 635157</t>
+        </is>
+      </c>
+      <c r="Q18" s="5" t="inlineStr">
+        <is>
+          <t>635157@gmail.com</t>
+        </is>
+      </c>
       <c r="R18" s="5"/>
       <c r="S18" s="5" t="inlineStr">
         <is>
-          <t>Начальник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Арнаутов Олексій Георгійович</t>
-[...3 lines deleted...]
-      <c r="V18" s="5"/>
+          <t>Геворкян Ріпсіме Ашотівна</t>
+        </is>
+      </c>
+      <c r="U18" s="8" t="n">
+        <v>45692</v>
+      </c>
+      <c r="V18" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Запорізький коледж технологій та дизайну"</t>
+          <t>Навчально-методичний центр цивільного захисту та безпеки життєдільності Запорізької області</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>2654</v>
+        <v>4402</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>НМЦ ЦЗ та БЖД Запорізькой області</t>
         </is>
       </c>
       <c r="E19" s="5"/>
       <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
-        <v>1991</v>
+        <v>2002</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J19" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J19" s="5" t="inlineStr">
+        <is>
+          <t>Державна служба України з надзвичайних ситуацій</t>
+        </is>
+      </c>
       <c r="K19" s="7" t="inlineStr">
         <is>
-          <t>69054</t>
+          <t>69035</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
           <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. Поштова, 173</t>
+          <t>просп. Соборний, 180-А</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>(061)2222510, (095)9236100, (096)0837425</t>
-[...6 lines deleted...]
-      </c>
+          <t>2330413; 333544;</t>
+        </is>
+      </c>
+      <c r="Q19" s="5"/>
       <c r="R19" s="5"/>
       <c r="S19" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Начальник</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Наливайко Олена Григорівна</t>
+          <t>Арнаутов Олексій Георгійович</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНИЙ ЦЕНТР БЕЗПЕКА ПРАЦІ"</t>
+          <t>Приватний вищий навчальний заклад "Запорізький коледж технологій та дизайну"</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>4270</v>
+        <v>2654</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "НЦ БЕЗПЕКА ПРАЦІ"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E20" s="5"/>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J20" s="5"/>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>69005</t>
+          <t>69054</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>вул. Перемоги 81А, приміщення 41</t>
+          <t>вул. Поштова, 173</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>(061)239-73 85</t>
+          <t>(061)2222510, (095)9236100, (096)0837425</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
-          <t>post@bezopasnost-truda.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>zktd@meta.ua</t>
+        </is>
+      </c>
+      <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Єдимент Лілія Іванівна</t>
+          <t>Наливайко Олена Григорівна</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Торговельний будинок "Антарес"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНИЙ ЦЕНТР БЕЗПЕКА ПРАЦІ"</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>2790</v>
+        <v>4270</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ТБ"АНТАРЕС"</t>
+          <t>ТОВ "НЦ БЕЗПЕКА ПРАЦІ"</t>
         </is>
       </c>
       <c r="E21" s="5"/>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J21" s="5"/>
       <c r="K21" s="7" t="inlineStr">
         <is>
-          <t>69124</t>
+          <t>69005</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>вул. Курузова, 11, кв.39</t>
+          <t>вул. Перемоги 81А, приміщення 41</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>80612736453</t>
+          <t>(061)239-73 85</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
-          <t>31329355@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R21" s="5"/>
+          <t>post@bezopasnost-truda.com.ua</t>
+        </is>
+      </c>
+      <c r="R21" s="5" t="inlineStr">
+        <is>
+          <t>http://bezopasnost-truda.com.ua/</t>
+        </is>
+      </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Западнюк Світлана Володимирівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Єдимент Лілія Іванівна</t>
+        </is>
+      </c>
+      <c r="U21" s="8"/>
+      <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЦЕНТР ПРОФЕСІЙНОЇ ОСВІТИ ТА КОНСАЛТИНГУ"</t>
+          <t>Товариство з обмеженою відповідальністю "Торговельний будинок "Антарес"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>4325</v>
+        <v>2790</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЦЕНТР ПРОФОСВІТИ ТА КОНСАЛТИНГУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "ТБ"АНТАРЕС"</t>
+        </is>
+      </c>
+      <c r="E22" s="5"/>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J22" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J22" s="5"/>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>69118</t>
+          <t>69124</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Стешенка, 23</t>
-[...3 lines deleted...]
-      <c r="Q22" s="5"/>
+          <t>вул. Курузова, 11, кв.39</t>
+        </is>
+      </c>
+      <c r="P22" s="5" t="inlineStr">
+        <is>
+          <t>80612736453</t>
+        </is>
+      </c>
+      <c r="Q22" s="5" t="inlineStr">
+        <is>
+          <t>31329355@ukr.net</t>
+        </is>
+      </c>
       <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Горда Ірина Анатоліївна</t>
-[...3 lines deleted...]
-      <c r="V22" s="5"/>
+          <t>Западнюк Світлана Володимирівна</t>
+        </is>
+      </c>
+      <c r="U22" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V22" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>Філія "Запорізький державний обласний навчально-курсовий комбінат" УДП "УКРІНТЕРАВТОСЕРВІС"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЦЕНТР ПРОФЕСІЙНОЇ ОСВІТИ ТА КОНСАЛТИНГУ"</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>3808</v>
-[...3 lines deleted...]
-      </c>
+        <v>4325</v>
+      </c>
+      <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>-</t>
-[...2 lines deleted...]
-      <c r="E23" s="5"/>
+          <t>ТОВ "ЦЕНТР ПРОФОСВІТИ ТА КОНСАЛТИНГУ"</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>LIMITED LIABILITY COMPANY "VOCATIONAL EDUCATION CENTRE AND CONSULTING"</t>
+        </is>
+      </c>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J23" s="5" t="inlineStr">
         <is>
-          <t>Міністерство інфраструктури України</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
-          <t>69083</t>
+          <t>69118</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>вул. Музична, 2-а</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Стешенка, 23</t>
+        </is>
+      </c>
+      <c r="P23" s="5"/>
+      <c r="Q23" s="5"/>
       <c r="R23" s="5"/>
       <c r="S23" s="5" t="inlineStr">
         <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T23" s="5" t="inlineStr">
+        <is>
+          <t>Горда Ірина Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U23" s="8"/>
+      <c r="V23" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="inlineStr">
+        <is>
+          <t>Філія "Запорізький державний обласний навчально-курсовий комбінат" УДП "УКРІНТЕРАВТОСЕРВІС"</t>
+        </is>
+      </c>
+      <c r="B24" s="6" t="n">
+        <v>3808</v>
+      </c>
+      <c r="C24" s="6" t="n">
+        <v>3132</v>
+      </c>
+      <c r="D24" s="5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E24" s="5"/>
+      <c r="F24" s="7"/>
+      <c r="G24" s="6" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H24" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I24" s="5" t="inlineStr">
+        <is>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J24" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство інфраструктури України</t>
+        </is>
+      </c>
+      <c r="K24" s="7" t="inlineStr">
+        <is>
+          <t>69083</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="inlineStr">
+        <is>
+          <t>UA23060070010474202</t>
+        </is>
+      </c>
+      <c r="M24" s="5" t="inlineStr">
+        <is>
+          <t>Запорізька обл.</t>
+        </is>
+      </c>
+      <c r="N24" s="5" t="inlineStr">
+        <is>
+          <t>м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="O24" s="5" t="inlineStr">
+        <is>
+          <t>вул. Музична, 2-а</t>
+        </is>
+      </c>
+      <c r="P24" s="5" t="inlineStr">
+        <is>
+          <t>(0612) 95-20-44</t>
+        </is>
+      </c>
+      <c r="Q24" s="5" t="inlineStr">
+        <is>
+          <t>zap@uaservice.com</t>
+        </is>
+      </c>
+      <c r="R24" s="5"/>
+      <c r="S24" s="5" t="inlineStr">
+        <is>
           <t>директор</t>
         </is>
       </c>
-      <c r="T23" s="5"/>
-      <c r="U23" s="8" t="n">
+      <c r="T24" s="5"/>
+      <c r="U24" s="8" t="n">
         <v>43971</v>
       </c>
-      <c r="V23" s="5" t="inlineStr">
+      <c r="V24" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:V23"/>
+  <autoFilter ref="A1:V24"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>