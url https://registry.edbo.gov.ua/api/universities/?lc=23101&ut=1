--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -320,54 +320,58 @@
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
           <t>Відокремлений підрозділ "Донецька академія перукарського мистецтва Київського університету культури"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>1562</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>310</v>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>Донецька академія перукарського мистецтва КУК</t>
         </is>
       </c>
-      <c r="E2" s="5"/>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t>Autonomous Subdivision «Donetsk Academy of Hairdressing Art of Kyiv University of Culture»</t>
+        </is>
+      </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J2" s="5"/>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>69096</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>