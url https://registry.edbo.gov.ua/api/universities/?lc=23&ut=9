--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -1115,61 +1115,61 @@
           <t>69005</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
           <t>вул. Яценка, 3 А</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>061 239 75 93, 061 239 75 84</t>
+          <t>+38(061)-239-75-84</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
           <t>zgk_zntu@ukr.net</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>http://zgfk.zp.ua</t>
+          <t>https://zgfk.zp.ua/</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Брутман Анна Богданівна</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Запорізький електротехнічний фаховий коледж Національного університету "Запорізька політехніка"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>521</v>
       </c>
       <c r="C11" s="6" t="n">
@@ -1970,56 +1970,56 @@
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
           <t>вул. Добролюбова, 7</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
           <t>(0619) 43 50 80</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
           <t>melkult@ukr.net</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
           <t>http://muk.zp.ua</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Голова комісії з реорганізації</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Черкес Людмила Олександрівна</t>
+          <t>Піддубняк Олексій Євгенович</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>Мелітопольський промислово-економічний фаховий коледж</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
         <v>656</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <t>МФПЕК</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>Melitopol Applied Industrial and Economic College</t>
         </is>
       </c>
@@ -2237,51 +2237,51 @@
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>вул. Рекордна, 20</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
           <t>(067)547-74-55</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
           <t>collegezp@itstep.org</t>
         </is>
       </c>
       <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Ярова Олена Володимирівна</t>
+          <t>Матвієнко Анна Вікторівна</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Мелітопольський фаховий коледж Таврійського державного агротехнологічного університету імені Дмитра Моторного"</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>1120</v>
       </c>
       <c r="C23" s="6" t="n">
         <v>148</v>
       </c>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t>ВСП "Мелітопольський коледж ТДАТУ"</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>Separated Structural Subdivision "Melitopol Professional College of Dmytro Motornyi Tavria State Agrotechnological University"</t>