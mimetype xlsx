--- v1 (2025-12-12)
+++ v2 (2026-02-12)
@@ -1209,63 +1209,59 @@
           <t>69019</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
           <t>просп. Соборний, 194</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>+38(061)-233-01-23</t>
+          <t>+38(061)-233-01-23;</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>zetkzntu2018@ukr.net</t>
         </is>
       </c>
-      <c r="R11" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Кошелюк Руслан Олегович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Запорізький фаховий коледж комп'ютерних технологій Національного університету "Запорізька політехніка"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>522</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>91</v>
       </c>
@@ -1771,63 +1767,55 @@
           <t>69600</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
           <t>Оріхівське шосе , 14</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>(061) 216 07 10</t>
-[...11 lines deleted...]
-      </c>
+          <t>0612160710;</t>
+        </is>
+      </c>
+      <c r="Q17" s="5"/>
+      <c r="R17" s="5"/>
       <c r="S17" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
           <t>Варавка Ірина Петрівна</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Запорізький фаховий коледж мистецтв і культури ім. П.І. Майбороди"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
         <v>1293</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
@@ -2062,56 +2050,56 @@
           <t>м. Мелітополь</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
           <t>просп. 50-річчя Перемоги, 19</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
           <t>(067)258 82 98</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
           <t>mfpek@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/mfpek</t>
         </is>
       </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Д`ячкова Інна Василівна</t>
+          <t>Казачук Анатолій Васильович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>Структурний підрозділ "Фаховий коледж економіки та інформаційних технологій" Приватного акціонерного товариства "Приватний вищий навчальний заклад "Запорізький інститут економіки та інформаційних технологій"</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
         <v>1450</v>
       </c>
       <c r="C21" s="6" t="n">
         <v>347</v>
       </c>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t>СП "Фаховий коледж ЕІТ" ПрАТ "ПВНЗ "ЗІЕІТ"</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>Structural Subdivision “Professional College of Economics and Information Technologies” Private Institute of Higher Education "Zaporizhzhya Institute of Economics and Information Technologies"</t>