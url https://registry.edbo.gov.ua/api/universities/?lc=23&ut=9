--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$25</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$24</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V25"/>
+  <dimension ref="A1:V24"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -1767,55 +1767,63 @@
           <t>69600</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
           <t>Оріхівське шосе , 14</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>0612160710;</t>
-[...3 lines deleted...]
-      <c r="R17" s="5"/>
+          <t>+38(061)-216-07-10</t>
+        </is>
+      </c>
+      <c r="Q17" s="5" t="inlineStr">
+        <is>
+          <t>zmk_zp07@ukr.net</t>
+        </is>
+      </c>
+      <c r="R17" s="5" t="inlineStr">
+        <is>
+          <t>https://zbmk.zp.ua</t>
+        </is>
+      </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
           <t>Варавка Ірина Петрівна</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Запорізький фаховий коледж мистецтв і культури ім. П.І. Майбороди"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
         <v>1293</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
@@ -1880,683 +1888,591 @@
         <is>
           <t>zaporizhzhiafmk@gmail.com</t>
         </is>
       </c>
       <c r="R18" s="5" t="inlineStr">
         <is>
           <t>mayboroda.zzz.com.ua</t>
         </is>
       </c>
       <c r="S18" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
           <t>Прокоф`єв Євген Євгенович</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Мелітопольський фаховий коледж культури і мистецтв" Запорізької обласної ради</t>
+          <t>Мелітопольський промислово-економічний фаховий коледж</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>"КЗ "МФК КіМ" ЗОР"</t>
+          <t>МФПЕК</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>"Communal Institution "Melitopol Professional College of Culture and Art" Zaporizhzhya Regional Council"</t>
+          <t>Melitopol Applied Industrial and Economic College</t>
         </is>
       </c>
       <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
-        <v>1930</v>
+        <v>1974</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J19" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K19" s="7" t="inlineStr">
         <is>
-          <t>69000</t>
+          <t>72313</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23080070010092407</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
-          <t>м. Запоріжжя</t>
+          <t>м. Мелітополь</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. Добролюбова, 7</t>
+          <t>просп. 50-річчя Перемоги, 19</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>(0619) 43 50 80</t>
+          <t>(067)258 82 98</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
-          <t>melkult@ukr.net</t>
+          <t>mfpek@ukr.net</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
-          <t>http://muk.zp.ua</t>
+          <t>https://sites.google.com/view/mfpek</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
-          <t>Голова комісії з реорганізації</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Піддубняк Олексій Євгенович</t>
+          <t>Казачук Анатолій Васильович</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>Мелітопольський промислово-економічний фаховий коледж</t>
+          <t>Структурний підрозділ "Фаховий коледж економіки та інформаційних технологій" Приватного акціонерного товариства "Приватний вищий навчальний заклад "Запорізький інститут економіки та інформаційних технологій"</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>656</v>
-[...1 lines deleted...]
-      <c r="C20" s="6"/>
+        <v>1450</v>
+      </c>
+      <c r="C20" s="6" t="n">
+        <v>347</v>
+      </c>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>МФПЕК</t>
+          <t>СП "Фаховий коледж ЕІТ" ПрАТ "ПВНЗ "ЗІЕІТ"</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>Melitopol Applied Industrial and Economic College</t>
+          <t>Structural Subdivision “Professional College of Economics and Information Technologies” Private Institute of Higher Education "Zaporizhzhya Institute of Economics and Information Technologies"</t>
         </is>
       </c>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
-        <v>1974</v>
+        <v>2000</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J20" s="5"/>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>72313</t>
+          <t>69041</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
-          <t>UA23080070010092407</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
-          <t>м. Мелітополь</t>
+          <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>просп. 50-річчя Перемоги, 19</t>
+          <t>вул. Кияшка, 16-б</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>(067)258 82 98</t>
+          <t>(061)-289-10-41</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
-          <t>mfpek@ukr.net</t>
+          <t>info@econom.zp.ua</t>
         </is>
       </c>
       <c r="R20" s="5" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/mfpek</t>
+          <t>zieit.edu.ua</t>
         </is>
       </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Казачук Анатолій Васильович</t>
+          <t>Туровцев Геннадій Володимирович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Структурний підрозділ "Фаховий коледж економіки та інформаційних технологій" Приватного акціонерного товариства "Приватний вищий навчальний заклад "Запорізький інститут економіки та інформаційних технологій"</t>
+          <t>Фаховий коледж "ІТ СТЕП ЗАПОРІЖЖЯ"</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>1450</v>
-[...3 lines deleted...]
-      </c>
+        <v>7020</v>
+      </c>
+      <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>СП "Фаховий коледж ЕІТ" ПрАТ "ПВНЗ "ЗІЕІТ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>КОЛЕДЖ "ІТ СТЕП ЗАПОРІЖЖЯ"</t>
+        </is>
+      </c>
+      <c r="E21" s="5"/>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>2000</v>
+        <v>2024</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J21" s="5"/>
       <c r="K21" s="7" t="inlineStr">
         <is>
-          <t>69041</t>
+          <t>69019</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>вул. Кияшка, 16-б</t>
+          <t>вул. Рекордна, 20</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>(061)-289-10-41</t>
+          <t>(067)547-74-55</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
-          <t>info@econom.zp.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>collegezp@itstep.org</t>
+        </is>
+      </c>
+      <c r="R21" s="5"/>
       <c r="S21" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Туровцев Геннадій Володимирович</t>
+          <t>Матвієнко Анна Вікторівна</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж "ІТ СТЕП ЗАПОРІЖЖЯ"</t>
+          <t>Відокремлений структурний підрозділ "Мелітопольський фаховий коледж Таврійського державного агротехнологічного університету імені Дмитра Моторного"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>7020</v>
-[...1 lines deleted...]
-      <c r="C22" s="6"/>
+        <v>1120</v>
+      </c>
+      <c r="C22" s="6" t="n">
+        <v>148</v>
+      </c>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>КОЛЕДЖ "ІТ СТЕП ЗАПОРІЖЖЯ"</t>
-[...2 lines deleted...]
-      <c r="E22" s="5"/>
+          <t>ВСП "Мелітопольський коледж ТДАТУ"</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>Separated Structural Subdivision "Melitopol Professional College of Dmytro Motornyi Tavria State Agrotechnological University"</t>
+        </is>
+      </c>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>2024</v>
+        <v>1931</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J22" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J22" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>69019</t>
+          <t>72312</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23080070010092407</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
-          <t>м. Запоріжжя</t>
+          <t>м. Мелітополь</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Рекордна, 20</t>
+          <t>просп. Богдана Хмельницького, 44</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>(067)547-74-55</t>
+          <t>(098) 429 19 98</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>collegezp@itstep.org</t>
-[...2 lines deleted...]
-      <c r="R22" s="5"/>
+          <t>vsp-mk-tdatu@ukr.net</t>
+        </is>
+      </c>
+      <c r="R22" s="5" t="inlineStr">
+        <is>
+          <t>https://mctsau.org.ua</t>
+        </is>
+      </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуючий обов’язки директора</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Матвієнко Анна Вікторівна</t>
+          <t>Мельник Олександр Васильович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Мелітопольський фаховий коледж Таврійського державного агротехнологічного університету імені Дмитра Моторного"</t>
+          <t>Дніпрорудненський індустріальний фаховий коледж</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>1120</v>
-[...3 lines deleted...]
-      </c>
+        <v>904</v>
+      </c>
+      <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>ВСП "Мелітопольський коледж ТДАТУ"</t>
+          <t>ДІФК</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>Separated Structural Subdivision "Melitopol Professional College of Dmytro Motornyi Tavria State Agrotechnological University"</t>
+          <t>Dniprorudne Industrial Applied College</t>
         </is>
       </c>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
-        <v>1931</v>
+        <v>1963</v>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J23" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
-          <t>72312</t>
+          <t>71630</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
-          <t>UA23080070010092407</t>
+          <t>UA23040090010050034</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
-          <t>м. Мелітополь</t>
+          <t>м. Дніпрорудне</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>просп. Богдана Хмельницького, 44</t>
+          <t>просп. Ентузіастів, 23</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>(098) 429 19 98</t>
+          <t>(06175)76404, ф. (06175)63804</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
-          <t>vsp-mk-tdatu@ukr.net</t>
+          <t>dneprdit@gmail.com</t>
         </is>
       </c>
       <c r="R23" s="5" t="inlineStr">
         <is>
-          <t>https://mctsau.org.ua</t>
+          <t>www.dic.com.ua</t>
         </is>
       </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов’язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Мельник Олександр Васильович</t>
+          <t>Новік Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Дніпрорудненський індустріальний фаховий коледж</t>
+          <t>Відокремлений структурний підрозділ "Оріхівський фаховий коледж Таврійського державного агротехнологічного університету імені Дмитра Моторного"</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>904</v>
-[...1 lines deleted...]
-      <c r="C24" s="6"/>
+        <v>2632</v>
+      </c>
+      <c r="C24" s="6" t="n">
+        <v>148</v>
+      </c>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>ДІФК</t>
+          <t>ВСП «Оріхівський коледж ТДАТУ»</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>Dniprorudne Industrial Applied College</t>
+          <t>Separate Structural Subdivision "Orikhiv Professional College of Dmytro Motornyi Tavria State Agrotechnological University"</t>
         </is>
       </c>
       <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>1963</v>
+        <v>1920</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J24" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>71630</t>
+          <t>70504</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
-          <t>UA23040090010050034</t>
+          <t>UA23100170010023304</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
-          <t>м. Дніпрорудне</t>
+          <t>м. Оріхів</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>просп. Ентузіастів, 23</t>
+          <t>вул. Вернадського академіка, 40</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>(06175)76404, ф. (06175)63804</t>
+          <t>(050) 250-86-25</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>dneprdit@gmail.com</t>
+          <t>otech@ukr.net</t>
         </is>
       </c>
       <c r="R24" s="5" t="inlineStr">
         <is>
-          <t>www.dic.com.ua</t>
+          <t>https://sites.google.com/orikhiv-college.ukr.education/orikhiv-college</t>
         </is>
       </c>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуючий обов’язки директора</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Новік Наталія Вікторівна</t>
+          <t>Наранович Віктор Анатолійович</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
-[...92 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:V25"/>
+  <autoFilter ref="A1:V24"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>