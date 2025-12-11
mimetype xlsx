--- v0 (2025-10-13)
+++ v1 (2025-12-11)
@@ -902,51 +902,51 @@
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Виробнича, 15</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>(061)239-75-40, +380661732925</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>vpu27@i.ua dnzzmvpu1@gmail.com</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>vpu27.zp.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Шулепіна Ганна Юріївна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Запорізький професійний ліцей автотранспорту"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>1720</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
@@ -1599,61 +1599,55 @@
           <t>вул. Морська, 73</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
           <t>0613774009</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
           <t>54ppal@gmail.com</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
           <t>dnzppal.blogspot.com/</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Зубрєва Людмила Григорівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Акритов Анатолій Георгійович</t>
+        </is>
+      </c>
+      <c r="U16" s="8"/>
+      <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Якимівський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>1961</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t>ДНЗ "Якимівський ПАЛ"</t>
         </is>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
         <v>1954</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -2112,58 +2106,52 @@
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>вул. Радіаторна, 26</t>
         </is>
       </c>
       <c r="P22" s="5"/>
       <c r="Q22" s="5"/>
       <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
           <t>Малиш Олена Євгенівна</t>
         </is>
       </c>
-      <c r="U22" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U22" s="8"/>
+      <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Запорізький центр первинної професійної підготовки "Академія поліції" (м. Запоріжжя) Дніпропетровського державного університету внутрішніх справ</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>4069</v>
       </c>
       <c r="C23" s="6" t="n">
         <v>209</v>
       </c>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t>ЗЦППП "АП" ДДУВС</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>Zaporizhzhia Basic professional training centre "Police Academy" (Zaporizhzhia) of the Dnipropetrovsk State University of Internal Affairs</t>
         </is>
       </c>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
@@ -2798,51 +2786,51 @@
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
           <t>вул. Стешенка, 23</t>
         </is>
       </c>
       <c r="P30" s="5"/>
       <c r="Q30" s="5"/>
       <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
           <t>Горда Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>Федорівський центр професійної освіти</t>
+          <t>ФЕДОРІВСЬКИЙ ЦЕНТР ПРОФЕСІЙНОЇ ОСВІТИ</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
         <v>1761</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t>ФЕДОРІВСЬКИЙ ЦЕНТР ПО</t>
         </is>
       </c>
       <c r="E31" s="5"/>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
@@ -3580,52 +3568,58 @@
       <c r="P39" s="5" t="inlineStr">
         <is>
           <t>(0619)41-94-54</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
           <t>mvpu.mlt@gmail.com</t>
         </is>
       </c>
       <c r="R39" s="5" t="inlineStr">
         <is>
           <t>http://www.mvpu.org.ua</t>
         </is>
       </c>
       <c r="S39" s="5" t="inlineStr">
         <is>
           <t>Голова комісії з припинення</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
           <t>Бородай Ірина Петрівна</t>
         </is>
       </c>
-      <c r="U39" s="8"/>
-      <c r="V39" s="5"/>
+      <c r="U39" s="8" t="n">
+        <v>45943</v>
+      </c>
+      <c r="V39" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>Комунальна установа "Кінськороздорівський навчально-виховний комплекс "загальноосвітній навчальний заклад-дошкільний навчальний заклад" Воскресенської сільської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
         <v>5731</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <t>КУ КІНСЬКОРОЗДОРІВСЬКИЙ НВК</t>
         </is>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="7"/>
       <c r="G40" s="6"/>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
@@ -3910,58 +3904,52 @@
         <is>
           <t>вул. Миру, 2А</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
           <t>(061)562-08-84</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
           <t>buhgalteria-vpl@ukr.net</t>
         </is>
       </c>
       <c r="R43" s="5"/>
       <c r="S43" s="5" t="inlineStr">
         <is>
           <t>Виконуючий обов`язки директора</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
           <t>Сивуха Олег Вікторович</t>
         </is>
       </c>
-      <c r="U43" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U43" s="8"/>
+      <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Вільнянський навчальний центр № 20"</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
         <v>5772</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <t>ДНЗ "Вільнянський НЦ № 20"</t>
         </is>
       </c>
       <c r="E44" s="5"/>
       <c r="F44" s="7"/>
       <c r="G44" s="6"/>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
@@ -4069,51 +4057,51 @@
           <t>71630</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
           <t>UA23040090010050034</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Дніпрорудне</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
           <t>просп. Ентузіастів, 25</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>(06175) 76377</t>
+          <t>+38(061)-757-63-77;</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
           <t>dplicey@gmail.com</t>
         </is>
       </c>
       <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
           <t>Осипенко Сергій Миколайович</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЕКСПРЕС ПОСЛУГИ ПЛЮС"</t>