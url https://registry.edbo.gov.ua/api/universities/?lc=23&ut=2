--- v1 (2025-12-11)
+++ v2 (2026-02-02)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$56</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$57</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V56"/>
+  <dimension ref="A1:V57"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -2098,56 +2098,56 @@
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA23060070010385728</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>вул. Радіаторна, 26</t>
         </is>
       </c>
       <c r="P22" s="5"/>
       <c r="Q22" s="5"/>
       <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконувач обов'язків директора</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Малиш Олена Євгенівна</t>
+          <t>Волкова Альона Юріївна</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Запорізький центр первинної професійної підготовки "Академія поліції" (м. Запоріжжя) Дніпропетровського державного університету внутрішніх справ</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>4069</v>
       </c>
       <c r="C23" s="6" t="n">
         <v>209</v>
       </c>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t>ЗЦППП "АП" ДДУВС</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>Zaporizhzhia Basic professional training centre "Police Academy" (Zaporizhzhia) of the Dnipropetrovsk State University of Internal Affairs</t>
@@ -2206,2859 +2206,2929 @@
         <is>
           <t>zcppp-m@zp.npu.gov.ua</t>
         </is>
       </c>
       <c r="R23" s="5" t="inlineStr">
         <is>
           <t>dduvs.in.ua</t>
         </is>
       </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
           <t>Назаренко Микола Миколайович</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство "Водоканал"</t>
+          <t>Комунальна спеціальна воєнізована аварійно-рятувальна служба</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>3838</v>
+        <v>7343</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>КП "Водоканал"</t>
+          <t>КСВАРС</t>
         </is>
       </c>
       <c r="E24" s="5"/>
       <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J24" s="5"/>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>69002</t>
+          <t>69095</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
           <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>вул. Святого Миколая, 61</t>
+          <t>вул. Захарія Махна, 2</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>(061) 222-24-01</t>
+          <t>(096)319-79-99</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>info@vodokanal.zp.ua</t>
-[...2 lines deleted...]
-      <c r="R24" s="5"/>
+          <t>ksvass.kobra@ukr.net</t>
+        </is>
+      </c>
+      <c r="R24" s="5" t="inlineStr">
+        <is>
+          <t>https://www.ksvars.zp.ua/navchalniy-centr</t>
+        </is>
+      </c>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Начальник служби</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Шаповал Андрій Андрійович</t>
+          <t>Малєв Олександр Олександрович</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство "Запорізький обласний центр охорони праці" Запорізької обласної ради</t>
+          <t>Комунальне підприємство "Водоканал"</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>2748</v>
+        <v>3838</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>КП "ЗОЦОП" ЗОР</t>
+          <t>КП "Водоканал"</t>
         </is>
       </c>
       <c r="E25" s="5"/>
       <c r="F25" s="7"/>
       <c r="G25" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J25" s="5"/>
       <c r="K25" s="7" t="inlineStr">
         <is>
-          <t>69095</t>
+          <t>69002</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
-          <t>вул. Українська, 50</t>
+          <t>вул. Святого Миколая, 61</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>0612 635157</t>
+          <t>(061) 222-24-01</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
-          <t>635157@gmail.com</t>
+          <t>info@vodokanal.zp.ua</t>
         </is>
       </c>
       <c r="R25" s="5"/>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Геворкян Ріпсіме Ашотівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Шаповал Андрій Андрійович</t>
+        </is>
+      </c>
+      <c r="U25" s="8"/>
+      <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>Навчально-методичний центр цивільного захисту та безпеки життєдільності Запорізької області</t>
+          <t>Комунальне підприємство "Запорізький обласний центр охорони праці" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>4402</v>
+        <v>2748</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>НМЦ ЦЗ та БЖД Запорізькой області</t>
+          <t>КП "ЗОЦОП" ЗОР</t>
         </is>
       </c>
       <c r="E26" s="5"/>
       <c r="F26" s="7"/>
       <c r="G26" s="6" t="n">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J26" s="5" t="inlineStr">
         <is>
-          <t>Державна служба України з надзвичайних ситуацій</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K26" s="7" t="inlineStr">
         <is>
-          <t>69035</t>
+          <t>69095</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
-          <t>просп. Соборний, 180-А</t>
+          <t>вул. Українська, 50</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>2330413; 333544;</t>
-[...2 lines deleted...]
-      <c r="Q26" s="5"/>
+          <t>0612 635157</t>
+        </is>
+      </c>
+      <c r="Q26" s="5" t="inlineStr">
+        <is>
+          <t>635157@gmail.com</t>
+        </is>
+      </c>
       <c r="R26" s="5"/>
       <c r="S26" s="5" t="inlineStr">
         <is>
-          <t>Начальник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
-          <t>Арнаутов Олексій Георгійович</t>
-[...3 lines deleted...]
-      <c r="V26" s="5"/>
+          <t>Геворкян Ріпсіме Ашотівна</t>
+        </is>
+      </c>
+      <c r="U26" s="8" t="n">
+        <v>45692</v>
+      </c>
+      <c r="V26" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Запорізький коледж технологій та дизайну"</t>
+          <t>Навчально-методичний центр цивільного захисту та безпеки життєдільності Запорізької області</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>2654</v>
+        <v>4402</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>НМЦ ЦЗ та БЖД Запорізькой області</t>
         </is>
       </c>
       <c r="E27" s="5"/>
       <c r="F27" s="7"/>
       <c r="G27" s="6" t="n">
-        <v>1991</v>
+        <v>2002</v>
       </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J27" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J27" s="5" t="inlineStr">
+        <is>
+          <t>Державна служба України з надзвичайних ситуацій</t>
+        </is>
+      </c>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>69054</t>
+          <t>69035</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
           <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>вул. Поштова, 173</t>
+          <t>просп. Соборний, 180-А</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>(061)2222510, (095)9236100, (096)0837425</t>
-[...6 lines deleted...]
-      </c>
+          <t>2330413; 333544;</t>
+        </is>
+      </c>
+      <c r="Q27" s="5"/>
       <c r="R27" s="5"/>
       <c r="S27" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Начальник</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Наливайко Олена Григорівна</t>
+          <t>Арнаутов Олексій Георгійович</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНИЙ ЦЕНТР БЕЗПЕКА ПРАЦІ"</t>
+          <t>Приватний вищий навчальний заклад "Запорізький коледж технологій та дизайну"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>4270</v>
+        <v>2654</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "НЦ БЕЗПЕКА ПРАЦІ"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E28" s="5"/>
       <c r="F28" s="7"/>
       <c r="G28" s="6" t="n">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J28" s="5"/>
       <c r="K28" s="7" t="inlineStr">
         <is>
-          <t>69005</t>
+          <t>69054</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>вул. Перемоги 81А, приміщення 41</t>
+          <t>вул. Поштова, 173</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>(061)239-73 85</t>
+          <t>(061)2222510, (095)9236100, (096)0837425</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
-          <t>post@bezopasnost-truda.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>zktd@meta.ua</t>
+        </is>
+      </c>
+      <c r="R28" s="5"/>
       <c r="S28" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
-          <t>Єдимент Лілія Іванівна</t>
+          <t>Наливайко Олена Григорівна</t>
         </is>
       </c>
       <c r="U28" s="8"/>
       <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Торговельний будинок "Антарес"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНИЙ ЦЕНТР БЕЗПЕКА ПРАЦІ"</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>2790</v>
+        <v>4270</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ТБ"АНТАРЕС"</t>
+          <t>ТОВ "НЦ БЕЗПЕКА ПРАЦІ"</t>
         </is>
       </c>
       <c r="E29" s="5"/>
       <c r="F29" s="7"/>
       <c r="G29" s="6" t="n">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J29" s="5"/>
       <c r="K29" s="7" t="inlineStr">
         <is>
-          <t>69124</t>
+          <t>69005</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>вул. Курузова, 11, кв.39</t>
+          <t>вул. Перемоги 81А, приміщення 41</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>80612736453</t>
+          <t>(061)239-73 85</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
-          <t>31329355@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R29" s="5"/>
+          <t>post@bezopasnost-truda.com.ua</t>
+        </is>
+      </c>
+      <c r="R29" s="5" t="inlineStr">
+        <is>
+          <t>http://bezopasnost-truda.com.ua/</t>
+        </is>
+      </c>
       <c r="S29" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Западнюк Світлана Володимирівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Єдимент Лілія Іванівна</t>
+        </is>
+      </c>
+      <c r="U29" s="8"/>
+      <c r="V29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЦЕНТР ПРОФЕСІЙНОЇ ОСВІТИ ТА КОНСАЛТИНГУ"</t>
+          <t>Товариство з обмеженою відповідальністю "Торговельний будинок "Антарес"</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>4325</v>
+        <v>2790</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЦЕНТР ПРОФОСВІТИ ТА КОНСАЛТИНГУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "ТБ"АНТАРЕС"</t>
+        </is>
+      </c>
+      <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J30" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J30" s="5"/>
       <c r="K30" s="7" t="inlineStr">
         <is>
-          <t>69118</t>
+          <t>69124</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>вул. Стешенка, 23</t>
-[...3 lines deleted...]
-      <c r="Q30" s="5"/>
+          <t>вул. Курузова, 11, кв.39</t>
+        </is>
+      </c>
+      <c r="P30" s="5" t="inlineStr">
+        <is>
+          <t>80612736453</t>
+        </is>
+      </c>
+      <c r="Q30" s="5" t="inlineStr">
+        <is>
+          <t>31329355@ukr.net</t>
+        </is>
+      </c>
       <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Горда Ірина Анатоліївна</t>
-[...3 lines deleted...]
-      <c r="V30" s="5"/>
+          <t>Западнюк Світлана Володимирівна</t>
+        </is>
+      </c>
+      <c r="U30" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V30" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>ФЕДОРІВСЬКИЙ ЦЕНТР ПРОФЕСІЙНОЇ ОСВІТИ</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЦЕНТР ПРОФЕСІЙНОЇ ОСВІТИ ТА КОНСАЛТИНГУ"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>1761</v>
+        <v>4325</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>ФЕДОРІВСЬКИЙ ЦЕНТР ПО</t>
-[...2 lines deleted...]
-      <c r="E31" s="5"/>
+          <t>ТОВ "ЦЕНТР ПРОФОСВІТИ ТА КОНСАЛТИНГУ"</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>LIMITED LIABILITY COMPANY "VOCATIONAL EDUCATION CENTRE AND CONSULTING"</t>
+        </is>
+      </c>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J31" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K31" s="7" t="inlineStr">
         <is>
-          <t>70627</t>
+          <t>69118</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
-          <t>UA23100290010097828</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
-          <t>с. Федорівка</t>
+          <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>вул. Миколи Корфа, 1</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Стешенка, 23</t>
+        </is>
+      </c>
+      <c r="P31" s="5"/>
+      <c r="Q31" s="5"/>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Зелєнцов Андрій Володимирович</t>
+          <t>Горда Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>Філія "Запорізький державний обласний навчально-курсовий комбінат" УДП "УКРІНТЕРАВТОСЕРВІС"</t>
+          <t>ФЕДОРІВСЬКИЙ ЦЕНТР ПРОФЕСІЙНОЇ ОСВІТИ</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>3808</v>
-[...3 lines deleted...]
-      </c>
+        <v>1761</v>
+      </c>
+      <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ФЕДОРІВСЬКИЙ ЦЕНТР ПО</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
       <c r="G32" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J32" s="5" t="inlineStr">
         <is>
-          <t>Міністерство інфраструктури України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K32" s="7" t="inlineStr">
         <is>
-          <t>69083</t>
+          <t>70627</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23100290010097828</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
-          <t>м. Запоріжжя</t>
+          <t>с. Федорівка</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>вул. Музична, 2-а</t>
+          <t>вул. Миколи Корфа, 1</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>(0612) 95-20-44</t>
+          <t>+38(066)-496-83-09;</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
-          <t>zap@uaservice.com</t>
+          <t>dnz@licey58.zp.ua</t>
         </is>
       </c>
       <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...10 lines deleted...]
-      </c>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T32" s="5" t="inlineStr">
+        <is>
+          <t>Зелєнцов Андрій Володимирович</t>
+        </is>
+      </c>
+      <c r="U32" s="8"/>
+      <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Бердянський машинобудівний професійний ліцей"</t>
+          <t>Філія "Запорізький державний обласний навчально-курсовий комбінат" УДП "УКРІНТЕРАВТОСЕРВІС"</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>1774</v>
-[...1 lines deleted...]
-      <c r="C33" s="6"/>
+        <v>3808</v>
+      </c>
+      <c r="C33" s="6" t="n">
+        <v>3132</v>
+      </c>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Бердянський МПЛ"</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
       <c r="G33" s="6" t="n">
-        <v>1923</v>
+        <v>2000</v>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J33" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Міністерство інфраструктури України</t>
         </is>
       </c>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>71108</t>
+          <t>69083</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
-          <t>UA23020050010019935</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
-          <t>м. Бердянськ</t>
+          <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Володимира Довганюка, 76</t>
+          <t>вул. Музична, 2-а</t>
         </is>
       </c>
       <c r="P33" s="5" t="inlineStr">
         <is>
-          <t>+38 050 972 42 09, +38 095 544 43 63, +38 063 186 34 60</t>
+          <t>(0612) 95-20-44</t>
         </is>
       </c>
       <c r="Q33" s="5" t="inlineStr">
         <is>
-          <t>bmpl-19@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>zap@uaservice.com</t>
+        </is>
+      </c>
+      <c r="R33" s="5"/>
       <c r="S33" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...8 lines deleted...]
-      <c r="V33" s="5"/>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T33" s="5"/>
+      <c r="U33" s="8" t="n">
+        <v>43971</v>
+      </c>
+      <c r="V33" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Бердянський навчальний центр № 77"</t>
+          <t>Державний навчальний заклад "Бердянський машинобудівний професійний ліцей"</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>5769</v>
+        <v>1774</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Бердянський НЦ №77</t>
+          <t>ДНЗ "Бердянський МПЛ"</t>
         </is>
       </c>
       <c r="E34" s="5"/>
       <c r="F34" s="7"/>
-      <c r="G34" s="6"/>
+      <c r="G34" s="6" t="n">
+        <v>1923</v>
+      </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J34" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>71100</t>
+          <t>71108</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
           <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Бердянськ</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>вул. Промислова, 1</t>
+          <t>вул. Володимира Довганюка, 76</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>+061(53)-234-60</t>
+          <t>+38 050 972 42 09, +38 095 544 43 63, +38 063 186 34 60</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>bvc-77@mail.ru</t>
-[...2 lines deleted...]
-      <c r="R34" s="5"/>
+          <t>bmpl-19@ukr.net</t>
+        </is>
+      </c>
+      <c r="R34" s="5" t="inlineStr">
+        <is>
+          <t>http://bmpl.zp.ua</t>
+        </is>
+      </c>
       <c r="S34" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Глушков Анатолій Олексійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Дудукалов Сергій Вікторович</t>
+        </is>
+      </c>
+      <c r="U34" s="8"/>
+      <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>Комунальна установа "Обласний центр комплексної реабілітації осіб з інвалідністю" Запорізької обласної ради</t>
+          <t>Державний навчальний заклад "Бердянський навчальний центр № 77"</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>3552</v>
+        <v>5769</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>КУ "ОКЦКРІ" ЗОР</t>
+          <t>ДНЗ "Бердянський НЦ №77</t>
         </is>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="7"/>
-      <c r="G35" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G35" s="6"/>
       <c r="H35" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J35" s="5" t="inlineStr">
         <is>
-          <t>Міністерство соціальної політики України</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K35" s="7" t="inlineStr">
         <is>
-          <t>71110</t>
+          <t>71100</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
           <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
           <t>м. Бердянськ</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. Мічуріна, 87</t>
+          <t>вул. Промислова, 1</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>(06153) 7-07-42</t>
+          <t>+061(53)-234-60</t>
         </is>
       </c>
       <c r="Q35" s="5" t="inlineStr">
         <is>
-          <t>zotspri@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>bvc-77@mail.ru</t>
+        </is>
+      </c>
+      <c r="R35" s="5"/>
       <c r="S35" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Пейчев Дмитро Дмитрович</t>
+          <t>Глушков Анатолій Олексійович</t>
         </is>
       </c>
       <c r="U35" s="8" t="n">
         <v>44673</v>
       </c>
       <c r="V35" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Енергодарський навчально-виховний комплекс "Загальноосвітній навчальний заклад ІІ - ІІІ ступенів - міжшкільний навчально-виробничий комбінат" Енергодарської міської ради Запорізької області</t>
+          <t>Комунальна установа "Обласний центр комплексної реабілітації осіб з інвалідністю" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>2618</v>
+        <v>3552</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>ЕНВК "ЗНЗ ІІ-ІІІ ступенів МНВК" ЕМР Запорізької області</t>
+          <t>КУ "ОКЦКРІ" ЗОР</t>
         </is>
       </c>
       <c r="E36" s="5"/>
       <c r="F36" s="7"/>
       <c r="G36" s="6" t="n">
-        <v>1991</v>
+        <v>2000</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J36" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Міністерство соціальної політики України</t>
         </is>
       </c>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>71500</t>
+          <t>71110</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
-          <t>UA23040110010044100</t>
+          <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
-          <t>м. Енергодар</t>
+          <t>м. Бердянськ</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>просп. Будівельників, 8</t>
+          <t>вул. Мічуріна, 87</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>0613932126, 0613962052</t>
+          <t>(06153) 7-07-42</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
-          <t>coppm@dv-com.net</t>
-[...2 lines deleted...]
-      <c r="R36" s="5"/>
+          <t>zotspri@ukr.net</t>
+        </is>
+      </c>
+      <c r="R36" s="5" t="inlineStr">
+        <is>
+          <t>http://zotspri.net.ua</t>
+        </is>
+      </c>
       <c r="S36" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Роман Людмила Сергіївна</t>
+          <t>Пейчев Дмитро Дмитрович</t>
         </is>
       </c>
       <c r="U36" s="8" t="n">
-        <v>44680</v>
+        <v>44673</v>
       </c>
       <c r="V36" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Мелітопольський муніципальний учбово-професійний, соціально-трудовий центр реабілітації інвалідів</t>
+          <t>Енергодарський навчально-виховний комплекс "Загальноосвітній навчальний заклад ІІ - ІІІ ступенів - міжшкільний навчально-виробничий комбінат" Енергодарської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>2430</v>
+        <v>2618</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ЕНВК "ЗНЗ ІІ-ІІІ ступенів МНВК" ЕМР Запорізької області</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J37" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J37" s="5" t="inlineStr">
+        <is>
+          <t>Міська рада</t>
+        </is>
+      </c>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>72312</t>
+          <t>71500</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA23080070010092407</t>
+          <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
-          <t>м. Мелітополь</t>
+          <t>м. Енергодар</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Дзержинського, 27</t>
+          <t>просп. Будівельників, 8</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>061926949</t>
+          <t>0613932126, 0613962052</t>
         </is>
       </c>
       <c r="Q37" s="5" t="inlineStr">
         <is>
-          <t>KD.mix@mail.ru</t>
+          <t>coppm@dv-com.net</t>
         </is>
       </c>
       <c r="R37" s="5"/>
       <c r="S37" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Савьолов Анатолій Борисович</t>
+          <t>Роман Людмила Сергіївна</t>
         </is>
       </c>
       <c r="U37" s="8" t="n">
-        <v>44673</v>
+        <v>44680</v>
       </c>
       <c r="V37" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "МОДУС ПРО"</t>
+          <t>Мелітопольський муніципальний учбово-професійний, соціально-трудовий центр реабілітації інвалідів</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>2889</v>
+        <v>2430</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...6 lines deleted...]
-      </c>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J38" s="5"/>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>72319</t>
+          <t>72312</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
           <t>UA23080070010092407</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
           <t>м. Мелітополь</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Кірова, 37</t>
-[...3 lines deleted...]
-      <c r="Q38" s="5"/>
+          <t>вул. Дзержинського, 27</t>
+        </is>
+      </c>
+      <c r="P38" s="5" t="inlineStr">
+        <is>
+          <t>061926949</t>
+        </is>
+      </c>
+      <c r="Q38" s="5" t="inlineStr">
+        <is>
+          <t>KD.mix@mail.ru</t>
+        </is>
+      </c>
       <c r="R38" s="5"/>
       <c r="S38" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Тарасова Лідія Олександрівна</t>
+          <t>Савьолов Анатолій Борисович</t>
         </is>
       </c>
       <c r="U38" s="8" t="n">
         <v>44673</v>
       </c>
       <c r="V38" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Мелітопольське вище професійне училище"</t>
+          <t>Приватне підприємство "МОДУС ПРО"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>1685</v>
+        <v>2889</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Мелітопольське ВПУ"</t>
-[...2 lines deleted...]
-      <c r="E39" s="5"/>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>ПП "МОДУС ПРО"</t>
+        </is>
+      </c>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
-        <v>1984</v>
+        <v>2000</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J39" s="5"/>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>72316</t>
+          <t>72319</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
           <t>UA23080070010092407</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>м. Мелітополь</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>вул. Лютнева, 194</t>
-[...16 lines deleted...]
-      </c>
+          <t>вул. Кірова, 37</t>
+        </is>
+      </c>
+      <c r="P39" s="5"/>
+      <c r="Q39" s="5"/>
+      <c r="R39" s="5"/>
       <c r="S39" s="5" t="inlineStr">
         <is>
-          <t>Голова комісії з припинення</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Бородай Ірина Петрівна</t>
+          <t>Тарасова Лідія Олександрівна</t>
         </is>
       </c>
       <c r="U39" s="8" t="n">
-        <v>45943</v>
+        <v>44673</v>
       </c>
       <c r="V39" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Комунальна установа "Кінськороздорівський навчально-виховний комплекс "загальноосвітній навчальний заклад-дошкільний навчальний заклад" Воскресенської сільської ради Пологівського району Запорізької області</t>
+          <t>Державний навчальний заклад "Мелітопольське вище професійне училище"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>5731</v>
+        <v>1685</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>КУ КІНСЬКОРОЗДОРІВСЬКИЙ НВК</t>
+          <t>ДНЗ "Мелітопольське ВПУ"</t>
         </is>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="7"/>
-      <c r="G40" s="6"/>
+      <c r="G40" s="6" t="n">
+        <v>1984</v>
+      </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
-          <t>Заклад загальної середньої освіти</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J40" s="5" t="inlineStr">
         <is>
-          <t>Сільська рада</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K40" s="7" t="inlineStr">
         <is>
-          <t>70651</t>
+          <t>72316</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
-          <t>UA23100050020072857</t>
+          <t>UA23080070010092407</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
-          <t>с. Кінські Роздори</t>
+          <t>м. Мелітополь</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. Бердянська, 83</t>
-[...2 lines deleted...]
-      <c r="P40" s="5"/>
+          <t>вул. Лютнева, 194</t>
+        </is>
+      </c>
+      <c r="P40" s="5" t="inlineStr">
+        <is>
+          <t>+38(061)-941-94-54; +38(096)-442-55-89;</t>
+        </is>
+      </c>
       <c r="Q40" s="5"/>
       <c r="R40" s="5"/>
       <c r="S40" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Голова комісії з припинення</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Гузь Наталія Миколаївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Однорог Тетяна Вікторівна</t>
+        </is>
+      </c>
+      <c r="U40" s="8"/>
+      <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Біленьківський навчальний центр № 99"</t>
+          <t>Комунальна установа "Кінськороздорівський навчально-виховний комплекс "загальноосвітній навчальний заклад-дошкільний навчальний заклад" Воскресенської сільської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>5759</v>
+        <v>5731</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Біленьківський НЦ № 99"</t>
+          <t>КУ КІНСЬКОРОЗДОРІВСЬКИЙ НВК</t>
         </is>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="7"/>
       <c r="G41" s="6"/>
       <c r="H41" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J41" s="5" t="inlineStr">
         <is>
-          <t>Державна пенітенціарна служба України</t>
+          <t>Сільська рада</t>
         </is>
       </c>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>70441</t>
+          <t>70651</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
-          <t>UA23060010010065997</t>
+          <t>UA23100050020072857</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
-          <t>с. Біленьке</t>
+          <t>с. Кінські Роздори</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Запорізька, 32</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Бердянська, 83</t>
+        </is>
+      </c>
+      <c r="P41" s="5"/>
+      <c r="Q41" s="5"/>
       <c r="R41" s="5"/>
       <c r="S41" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Михно Микола Іванович</t>
-[...3 lines deleted...]
-      <c r="V41" s="5"/>
+          <t>Гузь Наталія Миколаївна</t>
+        </is>
+      </c>
+      <c r="U41" s="8" t="n">
+        <v>44680</v>
+      </c>
+      <c r="V41" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Василівський професійний ліцей"</t>
+          <t>Державний навчальний заклад "Біленьківський навчальний центр № 99"</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>1766</v>
+        <v>5759</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Василівський ПЛ"</t>
+          <t>ДНЗ "Біленьківський НЦ № 99"</t>
         </is>
       </c>
       <c r="E42" s="5"/>
       <c r="F42" s="7"/>
-      <c r="G42" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G42" s="6"/>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J42" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Державна пенітенціарна служба України</t>
         </is>
       </c>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>71600</t>
+          <t>70441</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
-          <t>UA23040030010016724</t>
+          <t>UA23060010010065997</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
-          <t>м. Василівка</t>
+          <t>с. Біленьке</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Єсеніна, 1</t>
+          <t>вул. Запорізька, 32</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>0617574464</t>
+          <t>+067(37)-689-79</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>licey57@i.ua</t>
+          <t>bnc99@meta.ua</t>
         </is>
       </c>
       <c r="R42" s="5"/>
       <c r="S42" s="5" t="inlineStr">
         <is>
-          <t>виконуюча обов"язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Решетник Світлана Володимирівна</t>
+          <t>Михно Микола Іванович</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Великобілозерський професійний аграрний ліцей"</t>
+          <t>Державний навчальний заклад "Василівський професійний ліцей"</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>1709</v>
+        <v>1766</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Великобілозерський ПАЛ"</t>
+          <t>ДНЗ "Василівський ПЛ"</t>
         </is>
       </c>
       <c r="E43" s="5"/>
       <c r="F43" s="7"/>
       <c r="G43" s="6" t="n">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J43" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K43" s="7" t="inlineStr">
         <is>
-          <t>71400</t>
+          <t>71600</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
-          <t>UA23040050010097416</t>
+          <t>UA23040030010016724</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
-          <t>с. Велика Білозерка</t>
+          <t>м. Василівка</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Миру, 2А</t>
+          <t>вул. Єсеніна, 1</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>(061)562-08-84</t>
+          <t>0617574464</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>buhgalteria-vpl@ukr.net</t>
+          <t>licey57@i.ua</t>
         </is>
       </c>
       <c r="R43" s="5"/>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов`язки директора</t>
+          <t>виконуюча обов"язки директора</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Сивуха Олег Вікторович</t>
+          <t>Решетник Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Вільнянський навчальний центр № 20"</t>
+          <t>Державний навчальний заклад "Великобілозерський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>5772</v>
+        <v>1709</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Вільнянський НЦ № 20"</t>
+          <t>ДНЗ "Великобілозерський ПАЛ"</t>
         </is>
       </c>
       <c r="E44" s="5"/>
       <c r="F44" s="7"/>
-      <c r="G44" s="6"/>
+      <c r="G44" s="6" t="n">
+        <v>1991</v>
+      </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J44" s="5" t="inlineStr">
         <is>
-          <t>Державна пенітенціарна служба України</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K44" s="7" t="inlineStr">
         <is>
-          <t>70000</t>
+          <t>71400</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
-          <t>UA23060030010056906</t>
+          <t>UA23040050010097416</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
-          <t>м. Вільнянськ</t>
+          <t>с. Велика Білозерка</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Дзержинського, 1</t>
+          <t>вул. Миру, 2А</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>+061(43)-458-61</t>
+          <t>(061)562-08-84</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>ychcentr20@ukr.net</t>
+          <t>buhgalteria-vpl@ukr.net</t>
         </is>
       </c>
       <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Виконуючий обов`язки директора</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Булат Володимир Іванович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Сивуха Ярослава Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U44" s="8"/>
+      <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Дніпрорудненський професійний ліцей"</t>
+          <t>Державний навчальний заклад "Вільнянський навчальний центр № 20"</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>1716</v>
+        <v>5772</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Дніпрорудненський ПЛ"</t>
+          <t>ДНЗ "Вільнянський НЦ № 20"</t>
         </is>
       </c>
       <c r="E45" s="5"/>
       <c r="F45" s="7"/>
-      <c r="G45" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G45" s="6"/>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J45" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Державна пенітенціарна служба України</t>
         </is>
       </c>
       <c r="K45" s="7" t="inlineStr">
         <is>
-          <t>71630</t>
+          <t>70000</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
-          <t>UA23040090010050034</t>
+          <t>UA23060030010056906</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
-          <t>м. Дніпрорудне</t>
+          <t>м. Вільнянськ</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>просп. Ентузіастів, 25</t>
+          <t>вул. Дзержинського, 1</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>+38(061)-757-63-77;</t>
+          <t>+061(43)-458-61</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
-          <t>dplicey@gmail.com</t>
+          <t>ychcentr20@ukr.net</t>
         </is>
       </c>
       <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Осипенко Сергій Миколайович</t>
-[...3 lines deleted...]
-      <c r="V45" s="5"/>
+          <t>Булат Володимир Іванович</t>
+        </is>
+      </c>
+      <c r="U45" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V45" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЕКСПРЕС ПОСЛУГИ ПЛЮС"</t>
+          <t>Державний навчальний заклад "Дніпрорудненський професійний ліцей"</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>4394</v>
+        <v>1716</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЕКСПРЕС ПОСЛУГИ ПЛЮС"</t>
+          <t>ДНЗ "Дніпрорудненський ПЛ"</t>
         </is>
       </c>
       <c r="E46" s="5"/>
       <c r="F46" s="7"/>
-      <c r="G46" s="6"/>
+      <c r="G46" s="6" t="n">
+        <v>1969</v>
+      </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J46" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J46" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K46" s="7" t="inlineStr">
         <is>
           <t>71630</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
           <t>UA23040090010050034</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
           <t>м. Дніпрорудне</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Комсомольська, 19, кв.21</t>
-[...3 lines deleted...]
-      <c r="Q46" s="5"/>
+          <t>просп. Ентузіастів, 25</t>
+        </is>
+      </c>
+      <c r="P46" s="5" t="inlineStr">
+        <is>
+          <t>+38(061)-757-63-77;</t>
+        </is>
+      </c>
+      <c r="Q46" s="5" t="inlineStr">
+        <is>
+          <t>dplicey@gmail.com</t>
+        </is>
+      </c>
       <c r="R46" s="5"/>
       <c r="S46" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Уманський Олексій Михайлович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Осипенко Сергій Миколайович</t>
+        </is>
+      </c>
+      <c r="U46" s="8"/>
+      <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Кам'янський навчальний центр № 101"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЕКСПРЕС ПОСЛУГИ ПЛЮС"</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>5760</v>
+        <v>4394</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Кам'янський НЦ № 101"</t>
+          <t>ТОВ "ЕКСПРЕС ПОСЛУГИ ПЛЮС"</t>
         </is>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="7"/>
       <c r="G47" s="6"/>
       <c r="H47" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J47" s="5"/>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>70050</t>
+          <t>71630</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA23060130020025328</t>
+          <t>UA23040090010050034</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
-          <t>с-ще Кам’яне</t>
+          <t>м. Дніпрорудне</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Зелена, 1</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Комсомольська, 19, кв.21</t>
+        </is>
+      </c>
+      <c r="P47" s="5"/>
+      <c r="Q47" s="5"/>
       <c r="R47" s="5"/>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Шаповалов Борис Петрович</t>
+          <t>Уманський Олексій Михайлович</t>
         </is>
       </c>
       <c r="U47" s="8" t="n">
-        <v>44727</v>
+        <v>44680</v>
       </c>
       <c r="V47" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Оріхівський навчальний центр № 88"</t>
+          <t>Державний навчальний заклад "Кам'янський навчальний центр № 101"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>5774</v>
+        <v>5760</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Оріхівський НЦ № 88"</t>
+          <t>ДНЗ "Кам'янський НЦ № 101"</t>
         </is>
       </c>
       <c r="E48" s="5"/>
       <c r="F48" s="7"/>
       <c r="G48" s="6"/>
       <c r="H48" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J48" s="5" t="inlineStr">
         <is>
           <t>Державна пенітенціарна служба України</t>
         </is>
       </c>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>70550</t>
+          <t>70050</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA23100130010093963</t>
+          <t>UA23060130020025328</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
-          <t>с. Мала Токмачка</t>
+          <t>с-ще Кам’яне</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. Привокзальна, 1</t>
-[...2 lines deleted...]
-      <c r="P48" s="5"/>
+          <t>вул. Зелена, 1</t>
+        </is>
+      </c>
+      <c r="P48" s="5" t="inlineStr">
+        <is>
+          <t>+066(16)-065-52</t>
+        </is>
+      </c>
       <c r="Q48" s="5" t="inlineStr">
         <is>
-          <t>ocentr88@gmail.com</t>
+          <t>dnzknts101@meta.ua</t>
         </is>
       </c>
       <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Прокоф'єв Генадій Степанович</t>
+          <t>Шаповалов Борис Петрович</t>
         </is>
       </c>
       <c r="U48" s="8" t="n">
-        <v>44680</v>
+        <v>44727</v>
       </c>
       <c r="V48" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Михайлівське вище професійне училище"</t>
+          <t>Державний навчальний заклад "Оріхівський навчальний центр № 88"</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>1722</v>
+        <v>5774</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Михайлівське ВПУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "Оріхівський НЦ № 88"</t>
+        </is>
+      </c>
+      <c r="E49" s="5"/>
       <c r="F49" s="7"/>
-      <c r="G49" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G49" s="6"/>
       <c r="H49" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J49" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Державна пенітенціарна служба України</t>
         </is>
       </c>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>72002</t>
+          <t>70550</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA23040170010073574</t>
+          <t>UA23100130010093963</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
-          <t>с-ще Михайлівка</t>
+          <t>с. Мала Токмачка</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 2</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Привокзальна, 1</t>
+        </is>
+      </c>
+      <c r="P49" s="5"/>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>mihvpu@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>ocentr88@gmail.com</t>
+        </is>
+      </c>
+      <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Удовіченко Віктор Костянтинович</t>
-[...3 lines deleted...]
-      <c r="V49" s="5"/>
+          <t>Прокоф'єв Генадій Степанович</t>
+        </is>
+      </c>
+      <c r="U49" s="8" t="n">
+        <v>44680</v>
+      </c>
+      <c r="V49" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Багатопрофільний центр професійно-технічної освіти"</t>
+          <t>Державний навчальний заклад "Михайлівське вище професійне училище"</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>1718</v>
+        <v>1722</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "БАГАТОПРОФІЛЬНИЙ ЦЕНТР ПТО"</t>
-[...2 lines deleted...]
-      <c r="E50" s="5"/>
+          <t>ДНЗ "Михайлівське ВПУ"</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>State Educational Іnstitution "Mykhailivka Higher Vocational School"</t>
+        </is>
+      </c>
       <c r="F50" s="7"/>
       <c r="G50" s="6" t="n">
-        <v>1932</v>
+        <v>1984</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>71717</t>
+          <t>72002</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA23100150010091297</t>
+          <t>UA23040170010073574</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
-          <t>м. Молочанськ</t>
+          <t>с-ще Михайлівка</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 1</t>
+          <t>вул. Центральна, 2</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>(06178) 40372, 25372</t>
+          <t>(06132) 21360, 06132 20268</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
-          <t>dnz_bcpto@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R50" s="5"/>
+          <t>mihvpu@ukr.net</t>
+        </is>
+      </c>
+      <c r="R50" s="5" t="inlineStr">
+        <is>
+          <t>mihvpu.zp.ua</t>
+        </is>
+      </c>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>виконувача обов’язків директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Горбачов Юрій Іванович</t>
+          <t>Удовіченко Віктор Костянтинович</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Новомиколаївський міжшкільний навчально-виробничий комбінат" Новомиколаївської селищної ради Запорізького району Запорізької області</t>
+          <t>Державний навчальний заклад "Багатопрофільний центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>4053</v>
+        <v>1718</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>Новомиколаївський МНВК</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "БАГАТОПРОФІЛЬНИЙ ЦЕНТР ПТО"</t>
+        </is>
+      </c>
+      <c r="E51" s="5"/>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
-        <v>2000</v>
+        <v>1932</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
-          <t>Районна рада</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>70101</t>
+          <t>71717</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA23060190010048202</t>
+          <t>UA23100150010091297</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
-          <t>с-ще Новомиколаївка</t>
+          <t>м. Молочанськ</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Українська, 30</t>
+          <t>вул. Центральна, 1</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>0614491582</t>
+          <t>(06178) 40372, 25372</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>scprof@ukr.net</t>
+          <t>dnz_bcpto@ukr.net</t>
         </is>
       </c>
       <c r="R51" s="5"/>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>виконувача обов’язків директора</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Черкасов Олександр Миколайович</t>
+          <t>Горбачов Юрій Іванович</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Пологівський професійний ліцей"</t>
+          <t>Комунальний заклад "Новомиколаївський міжшкільний навчально-виробничий комбінат" Новомиколаївської селищної ради Запорізького району Запорізької області</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>1806</v>
+        <v>4053</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Пологівський ПЛ"</t>
-[...2 lines deleted...]
-      <c r="E52" s="5"/>
+          <t>Новомиколаївський МНВК</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>Komunalniy zaklad«Novomikolayivskiy mizhshkilniy navchalno-virobnichiy kombinat» Novomikolayivskoyi selischnoyi radi Zaporizkogo rayonu Zaporizkoyi oblasti</t>
+        </is>
+      </c>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>1976</v>
+        <v>2000</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J52" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Районна рада</t>
         </is>
       </c>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>70600</t>
+          <t>70101</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA23100190010032690</t>
+          <t>UA23060190010048202</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
-          <t>м. Пологи</t>
+          <t>с-ще Новомиколаївка</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Дружби, 72</t>
+          <t>вул. Українська, 30</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>(06165)2-34-91</t>
+          <t>0614491582</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>licey30Zp@yandex.ua</t>
+          <t>scprof@ukr.net</t>
         </is>
       </c>
       <c r="R52" s="5"/>
       <c r="S52" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Чесноков Іван Іванович</t>
+          <t>Черкасов Олександр Миколайович</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Комунальна установа "Міжшкільний навчально-виробничий комбінат Пологівської міської ради"</t>
+          <t>Державний навчальний заклад "Пологівський професійний ліцей"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>3842</v>
+        <v>1806</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>КУ "МНВК" ПМР</t>
+          <t>ДНЗ "Пологівський ПЛ"</t>
         </is>
       </c>
       <c r="E53" s="5"/>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>1979</v>
+        <v>1976</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J53" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K53" s="7" t="inlineStr">
         <is>
           <t>70600</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
           <t>UA23100190010032690</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
           <t>м. Пологи</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Привокзальна, 23</t>
+          <t>вул. Дружби, 72</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>22 151</t>
+          <t>(06165)2-34-91</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>mnvk.pology@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>licey30Zp@yandex.ua</t>
+        </is>
+      </c>
+      <c r="R53" s="5"/>
       <c r="S53" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Радченко Наталія Олександрівна</t>
+          <t>Чесноков Іван Іванович</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Навчально-виховний комплекс "Основа" Преображенської сільської ради Оріхівського району Запорізької області</t>
+          <t>Комунальна установа "Міжшкільний навчально-виробничий комбінат Пологівської міської ради"</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>3881</v>
+        <v>3842</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>КЗ "НВК" "Основа"</t>
+          <t>КУ "МНВК" ПМР</t>
         </is>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>2000</v>
+        <v>1979</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J54" s="5" t="inlineStr">
         <is>
-          <t>Сільська рада</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>70545</t>
+          <t>70600</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
-          <t>UA23100210010033958</t>
+          <t>UA23100190010032690</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
-          <t>с. Преображенка</t>
+          <t>м. Пологи</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Польова, 1</t>
+          <t>вул. Привокзальна, 23</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>0614141564</t>
-[...3 lines deleted...]
-      <c r="R54" s="5"/>
+          <t>22 151</t>
+        </is>
+      </c>
+      <c r="Q54" s="5" t="inlineStr">
+        <is>
+          <t>mnvk.pology@gmail.com</t>
+        </is>
+      </c>
+      <c r="R54" s="5" t="inlineStr">
+        <is>
+          <t>nvk-pology.at.ua</t>
+        </is>
+      </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
-[...10 lines deleted...]
-      </c>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T54" s="5" t="inlineStr">
+        <is>
+          <t>Радченко Наталія Олександрівна</t>
+        </is>
+      </c>
+      <c r="U54" s="8"/>
+      <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Приазовська філія Державного навчального закладу "Мелітопольський професійний аграрний ліцей"</t>
+          <t>Комунальний заклад "Навчально-виховний комплекс "Основа" Преображенської сільської ради Оріхівського району Запорізької області</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>2971</v>
-[...3 lines deleted...]
-      </c>
+        <v>3881</v>
+      </c>
+      <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КЗ "НВК" "Основа"</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Сільська рада</t>
         </is>
       </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>73400</t>
+          <t>70545</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA23080230010027591</t>
+          <t>UA23100210010033958</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
-          <t>с-ще Приазовське</t>
+          <t>с. Преображенка</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Кірова, 26</t>
-[...2 lines deleted...]
-      <c r="P55" s="5"/>
+          <t>вул. Польова, 1</t>
+        </is>
+      </c>
+      <c r="P55" s="5" t="inlineStr">
+        <is>
+          <t>0614141564</t>
+        </is>
+      </c>
       <c r="Q55" s="5"/>
       <c r="R55" s="5"/>
       <c r="S55" s="5" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="T55" s="5"/>
       <c r="U55" s="8" t="n">
         <v>44680</v>
       </c>
       <c r="V55" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Якимівський районний спортивно-технічний клуб товариства сприяння оборони України</t>
+          <t>Приазовська філія Державного навчального закладу "Мелітопольський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>6456</v>
-[...1 lines deleted...]
-      <c r="C56" s="6"/>
+        <v>2971</v>
+      </c>
+      <c r="C56" s="6" t="n">
+        <v>1891</v>
+      </c>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>Якимівський РСТК</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E56" s="5"/>
       <c r="F56" s="7"/>
-      <c r="G56" s="6"/>
+      <c r="G56" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>72503</t>
+          <t>73400</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
-          <t>UA23080310010091806</t>
+          <t>UA23080230010027591</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
-          <t>с-ще Якимівка</t>
+          <t>с-ще Приазовське</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Леніна, 145</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Кірова, 26</t>
+        </is>
+      </c>
+      <c r="P56" s="5"/>
+      <c r="Q56" s="5"/>
       <c r="R56" s="5"/>
       <c r="S56" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...6 lines deleted...]
-      </c>
+          <t>Керівник</t>
+        </is>
+      </c>
+      <c r="T56" s="5"/>
       <c r="U56" s="8" t="n">
         <v>44680</v>
       </c>
       <c r="V56" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="inlineStr">
+        <is>
+          <t>Якимівський районний спортивно-технічний клуб товариства сприяння оборони України</t>
+        </is>
+      </c>
+      <c r="B57" s="6" t="n">
+        <v>6456</v>
+      </c>
+      <c r="C57" s="6"/>
+      <c r="D57" s="5" t="inlineStr">
+        <is>
+          <t>Якимівський РСТК</t>
+        </is>
+      </c>
+      <c r="E57" s="5"/>
+      <c r="F57" s="7"/>
+      <c r="G57" s="6"/>
+      <c r="H57" s="5" t="inlineStr">
+        <is>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+        </is>
+      </c>
+      <c r="I57" s="5" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J57" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
+      <c r="K57" s="7" t="inlineStr">
+        <is>
+          <t>72503</t>
+        </is>
+      </c>
+      <c r="L57" s="7" t="inlineStr">
+        <is>
+          <t>UA23080310010091806</t>
+        </is>
+      </c>
+      <c r="M57" s="5" t="inlineStr">
+        <is>
+          <t>Запорізька обл.</t>
+        </is>
+      </c>
+      <c r="N57" s="5" t="inlineStr">
+        <is>
+          <t>с-ще Якимівка</t>
+        </is>
+      </c>
+      <c r="O57" s="5" t="inlineStr">
+        <is>
+          <t>вул. Леніна, 145</t>
+        </is>
+      </c>
+      <c r="P57" s="5" t="inlineStr">
+        <is>
+          <t>+380(96)-783-85-88</t>
+        </is>
+      </c>
+      <c r="Q57" s="5" t="inlineStr">
+        <is>
+          <t>akim.ctk.ocou@gmail.com</t>
+        </is>
+      </c>
+      <c r="R57" s="5"/>
+      <c r="S57" s="5" t="inlineStr">
+        <is>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T57" s="5" t="inlineStr">
+        <is>
+          <t>Жук Андрій Михайлович</t>
+        </is>
+      </c>
+      <c r="U57" s="8" t="n">
+        <v>44680</v>
+      </c>
+      <c r="V57" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V56"/>
+  <autoFilter ref="A1:V57"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>