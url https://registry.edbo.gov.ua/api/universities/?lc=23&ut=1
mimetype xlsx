--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -592,54 +592,58 @@
         <v>44515</v>
       </c>
       <c r="V4" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Відокремлений підрозділ "Донецька академія перукарського мистецтва Київського університету культури"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>1562</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>310</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>Донецька академія перукарського мистецтва КУК</t>
         </is>
       </c>
-      <c r="E5" s="5"/>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t>Autonomous Subdivision «Donetsk Academy of Hairdressing Art of Kyiv University of Culture»</t>
+        </is>
+      </c>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J5" s="5"/>
       <c r="K5" s="7" t="inlineStr">
         <is>
           <t>69096</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>