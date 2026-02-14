--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$27</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$26</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V27"/>
+  <dimension ref="A1:V26"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -394,2257 +394,2163 @@
         <is>
           <t>bumib@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://bumib.edu.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Антошкіна Лідія Іванівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Бердянський економіко-гуманітарний коледж Бердянського державного педагогічного університету</t>
+          <t>Бердянський інститут державного та муніципального управління Класичного приватного університету</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>1652</v>
-[...3 lines deleted...]
-      </c>
+        <v>1393</v>
+      </c>
+      <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>БЕГК БДПУ</t>
+          <t>БІДМУ КПУ</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
-          <t>Berdyansk Economics and Humanities College of Berdyansk State Pedagogical University</t>
+          <t>Berdiansk State and Municipal Management Institute of Private Classical University</t>
         </is>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J3" s="5"/>
       <c r="K3" s="7" t="inlineStr">
         <is>
-          <t>71100</t>
+          <t>71112</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Бердянськ</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>вул. 12 Грудня, 13/2</t>
+          <t>вул. Урицького, З-Д, корпус 2</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>06153 35506</t>
+          <t>06153 4-49-20; 4-71-07; 4-71-18</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
-          <t>begk.bdpu@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>academics@bidmu-kpu.com.ua</t>
+        </is>
+      </c>
+      <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Макарова Ірина Антонівна</t>
-[...3 lines deleted...]
-      <c r="V3" s="5"/>
+          <t>Галіцина Наталя Вікторівна</t>
+        </is>
+      </c>
+      <c r="U3" s="8" t="n">
+        <v>44515</v>
+      </c>
+      <c r="V3" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Бердянський інститут державного та муніципального управління Класичного приватного університету</t>
+          <t>Відокремлений підрозділ "Донецька академія перукарського мистецтва Київського університету культури"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>1393</v>
-[...1 lines deleted...]
-      <c r="C4" s="6"/>
+        <v>1562</v>
+      </c>
+      <c r="C4" s="6" t="n">
+        <v>310</v>
+      </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>БІДМУ КПУ</t>
+          <t>Донецька академія перукарського мистецтва КУК</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
-          <t>Berdiansk State and Municipal Management Institute of Private Classical University</t>
+          <t>Autonomous Subdivision «Donetsk Academy of Hairdressing Art of Kyiv University of Culture»</t>
         </is>
       </c>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J4" s="5"/>
       <c r="K4" s="7" t="inlineStr">
         <is>
-          <t>71112</t>
+          <t>69096</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
-          <t>UA23020050010019935</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
-          <t>м. Бердянськ</t>
+          <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>вул. Урицького, З-Д, корпус 2</t>
+          <t>вул. Медична, 8</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>06153 4-49-20; 4-71-07; 4-71-18</t>
-[...6 lines deleted...]
-      </c>
+          <t>0623489294</t>
+        </is>
+      </c>
+      <c r="Q4" s="5"/>
       <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...14 lines deleted...]
-      </c>
+          <t>ректор</t>
+        </is>
+      </c>
+      <c r="T4" s="5"/>
+      <c r="U4" s="8"/>
+      <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений підрозділ "Донецька академія перукарського мистецтва Київського університету культури"</t>
+          <t>Відокремлений підрозділ "Донецький факультет менеджменту і бізнесу Київського університету культури"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>1562</v>
+        <v>1571</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>310</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>Донецька академія перукарського мистецтва КУК</t>
-[...6 lines deleted...]
-      </c>
+          <t>Донецький факультет М і Б КУК</t>
+        </is>
+      </c>
+      <c r="E5" s="5"/>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J5" s="5"/>
       <c r="K5" s="7" t="inlineStr">
         <is>
           <t>69096</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>вул. Медична, 8</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>0623489294</t>
-[...2 lines deleted...]
-      <c r="Q5" s="5"/>
+          <t>(044)284-64-04, 285-30-83</t>
+        </is>
+      </c>
+      <c r="Q5" s="5" t="inlineStr">
+        <is>
+          <t>kuk_kiev@ukr.net</t>
+        </is>
+      </c>
       <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>ректор</t>
-[...2 lines deleted...]
-      <c r="T5" s="5"/>
+          <t>декан</t>
+        </is>
+      </c>
+      <c r="T5" s="5" t="inlineStr">
+        <is>
+          <t>Крицький Олексій Панасович</t>
+        </is>
+      </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений підрозділ "Донецький факультет менеджменту і бізнесу Київського університету культури"</t>
+          <t>Відокремлений підрозділ "Запорізький факультет менеджменту і бізнесу Київського університету культури"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>1571</v>
+        <v>1551</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>310</v>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>Донецький факультет М і Б КУК</t>
+          <t>Запорізький факультет М і Б КУК</t>
         </is>
       </c>
       <c r="E6" s="5"/>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J6" s="5"/>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>69096</t>
+          <t>69069</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
           <t>вул. Медична, 8</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>(044)284-64-04, 285-30-83</t>
-[...6 lines deleted...]
-      </c>
+          <t>061 224 85 77, (044) 284 64 04</t>
+        </is>
+      </c>
+      <c r="Q6" s="5"/>
       <c r="R6" s="5"/>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>декан</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Крицький Олексій Панасович</t>
+          <t>Юдов Микола Олександрович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений підрозділ "Запорізький факультет менеджменту і бізнесу Київського університету культури"</t>
+          <t>Донецький коледж Київського університету культури</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>1551</v>
+        <v>1567</v>
       </c>
       <c r="C7" s="6" t="n">
         <v>310</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>Запорізький факультет М і Б КУК</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E7" s="5"/>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J7" s="5"/>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>69069</t>
+          <t>69096</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Медична, 8</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>061 224 85 77, (044) 284 64 04</t>
-[...2 lines deleted...]
-      <c r="Q7" s="5"/>
+          <t>(044) 284-64-04, (044) 285-30-83</t>
+        </is>
+      </c>
+      <c r="Q7" s="5" t="inlineStr">
+        <is>
+          <t>kuk_kiev@ukr.net</t>
+        </is>
+      </c>
       <c r="R7" s="5"/>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>декан</t>
-[...6 lines deleted...]
-      </c>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T7" s="5"/>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Донецький коледж Київського університету культури</t>
+          <t>Запорізька філія Закладу вищої освіти «Київський інститут бізнесу та технологій» товариство з обмеженою відповідальністю</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>1567</v>
+        <v>1468</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>310</v>
+        <v>289</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E8" s="5"/>
+          <t>Запорізька філія Київського інституту бізнесу та технологій</t>
+        </is>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t>Zaporizhzhia branch of Higher education institution Kyiv Institute of Business and Technology LLC</t>
+        </is>
+      </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J8" s="5"/>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>69096</t>
+          <t>66123</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Медична, 8</t>
+          <t>вул. Чотирнадцятого жовтня, 15</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(044) 284-64-04, (044) 285-30-83</t>
+          <t>+380 50 415 68 34, +380 50 416 82 37</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>kuk_kiev@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R8" s="5"/>
+          <t>info_zp@kibit.edu.ua</t>
+        </is>
+      </c>
+      <c r="R8" s="5" t="inlineStr">
+        <is>
+          <t>www.kibit.edu.ua</t>
+        </is>
+      </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T8" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T8" s="5" t="inlineStr">
+        <is>
+          <t>Павленко Тетяна Володимирівна</t>
+        </is>
+      </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Запорізька філія Закладу вищої освіти «Київський інститут бізнесу та технологій» товариство з обмеженою відповідальністю</t>
+          <t>Запорізький державний медико-фармацевтичний університет</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>1468</v>
-[...3 lines deleted...]
-      </c>
+        <v>6716</v>
+      </c>
+      <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>Запорізька філія Київського інституту бізнесу та технологій</t>
+          <t>ЗДМФУ</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>Zaporizhzhia branch of Higher education institution Kyiv Institute of Business and Technology LLC</t>
-[...2 lines deleted...]
-      <c r="F9" s="7"/>
+          <t>Zaporizhzhia State Medical and Pharmaceutical University</t>
+        </is>
+      </c>
+      <c r="F9" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G9" s="6" t="n">
-        <v>2002</v>
+        <v>1955</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J9" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J9" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство охорони здоров`я України</t>
+        </is>
+      </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>66123</t>
+          <t>69035</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Чотирнадцятого жовтня, 15</t>
+          <t>бульв. Марії Примаченко, 26</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>+380 50 415 68 34, +380 50 416 82 37</t>
+          <t>(061)224-64-69</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>info_zp@kibit.edu.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>mail@mphu.edu.ua</t>
+        </is>
+      </c>
+      <c r="R9" s="5"/>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Павленко Тетяна Володимирівна</t>
+          <t>Колесник Юрій Михайлович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Запорізький державний медико-фармацевтичний університет</t>
+          <t>Запорізький коледж Київського університету культури</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>6716</v>
-[...1 lines deleted...]
-      <c r="C10" s="6"/>
+        <v>1532</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>310</v>
+      </c>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>ЗДМФУ</t>
-[...11 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E10" s="5"/>
+      <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>1955</v>
+        <v>2000</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J10" s="5"/>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>69035</t>
+          <t>69096</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>бульв. Марії Примаченко, 26</t>
+          <t>вул. Медична, 8</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>(061)224-64-69</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044) 284 64 04, (061) 224 85 77</t>
+        </is>
+      </c>
+      <c r="Q10" s="5"/>
       <c r="R10" s="5"/>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
-[...6 lines deleted...]
-      </c>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T10" s="5"/>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Запорізький коледж Київського університету культури</t>
+          <t>Запорізький національний університет</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>1532</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...3 lines deleted...]
-      <c r="F11" s="7"/>
+          <t>ЗНУ</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>Zaporizhzhia National University</t>
+        </is>
+      </c>
+      <c r="F11" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G11" s="6" t="n">
-        <v>2000</v>
+        <v>1930</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J11" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J11" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>69096</t>
+          <t>69011</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>вул. Медична, 8</t>
+          <t>вул. Університетська, 66</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>(044) 284 64 04, (061) 224 85 77</t>
-[...3 lines deleted...]
-      <c r="R11" s="5"/>
+          <t>(061)228-75-00, (061)764-45-46</t>
+        </is>
+      </c>
+      <c r="Q11" s="5" t="inlineStr">
+        <is>
+          <t>znu@znu.edu.ua</t>
+        </is>
+      </c>
+      <c r="R11" s="5" t="inlineStr">
+        <is>
+          <t>www.znu.edu.ua</t>
+        </is>
+      </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T11" s="5"/>
+          <t>Ректор</t>
+        </is>
+      </c>
+      <c r="T11" s="5" t="inlineStr">
+        <is>
+          <t>Шило Галина Миколаївна</t>
+        </is>
+      </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Запорізький національний університет</t>
+          <t>"Класичний приватний університет"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>73</v>
+        <v>198</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ЗНУ</t>
+          <t>"КПУ"</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>Zaporizhzhia National University</t>
-[...6 lines deleted...]
-      </c>
+          <t>"Classic Private University"</t>
+        </is>
+      </c>
+      <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>1930</v>
+        <v>1992</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J12" s="5"/>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>69011</t>
+          <t>69002</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Університетська, 66</t>
+          <t>вул. Жуковського, 70-Б</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(061)228-75-00, (061)764-45-46</t>
+          <t>061) 787-33-96, (061) 228-06-91, факс (061) 228-07-78</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>znu@znu.edu.ua</t>
+          <t>kpuinform@gmail.com</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
-          <t>www.znu.edu.ua</t>
+          <t>www.zhu.edu.ua</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Шило Галина Миколаївна</t>
+          <t>Огаренко Віктор Миколайович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>"Класичний приватний університет"</t>
+          <t>Коледж Донецької академії перукарського мистецтва Київського університету культури</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="C13" s="6"/>
+        <v>1560</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>310</v>
+      </c>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>"КПУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J13" s="5"/>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>69002</t>
+          <t>69096</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Жуковського, 70-Б</t>
+          <t>вул. Медична, 8</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>061) 787-33-96, (061) 228-06-91, факс (061) 228-07-78</t>
+          <t>(044) 284-64-04, (044) 285-30-83</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>kpuinform@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>kuk_kiev@ukr.net</t>
+        </is>
+      </c>
+      <c r="R13" s="5"/>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
-[...6 lines deleted...]
-      </c>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T13" s="5"/>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Коледж Донецької академії перукарського мистецтва Київського університету культури</t>
+          <t>Коледж Мелітопольського інституту державного та муніципального управління "Класичного приватного університету"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>1560</v>
+        <v>3218</v>
       </c>
       <c r="C14" s="6" t="n">
-        <v>310</v>
+        <v>221</v>
       </c>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E14" s="5"/>
+          <t>Коледж МІДМУ «КПУ»</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>College of Melitopol Institute of Public and Municipal Administration of Classic Private University</t>
+        </is>
+      </c>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>2000</v>
+        <v>2015</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J14" s="5"/>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>69096</t>
+          <t>72311</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23080070010092407</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
-          <t>м. Запоріжжя</t>
+          <t>м. Мелітополь</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Медична, 8</t>
+          <t>Каховське шосе , 8/2</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>(044) 284-64-04, (044) 285-30-83</t>
-[...7 lines deleted...]
-      <c r="R14" s="5"/>
+          <t>+067(61)-861-69</t>
+        </is>
+      </c>
+      <c r="Q14" s="5"/>
+      <c r="R14" s="5" t="inlineStr">
+        <is>
+          <t>midmu_kpu@com.ua</t>
+        </is>
+      </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T14" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T14" s="5" t="inlineStr">
+        <is>
+          <t>Редько Людмила Іванівна</t>
+        </is>
+      </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Коледж Мелітопольського інституту державного та муніципального управління "Класичного приватного університету"</t>
+          <t>Комунальний заклад вищої освіти «Хортицька національна навчально-реабілітаційна академія» Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>3218</v>
-[...3 lines deleted...]
-      </c>
+        <v>827</v>
+      </c>
+      <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>Коледж МІДМУ «КПУ»</t>
+          <t>Хортицька національна академія</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>College of Melitopol Institute of Public and Municipal Administration of Classic Private University</t>
-[...2 lines deleted...]
-      <c r="F15" s="7"/>
+          <t>Municipal Institution of Higher Education «Khortytsia National Educational and Rehabilitational Academy» of Zaporizhzhia Regional Council</t>
+        </is>
+      </c>
+      <c r="F15" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G15" s="6" t="n">
-        <v>2015</v>
+        <v>1995</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J15" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J15" s="5" t="inlineStr">
+        <is>
+          <t>Обласна рада</t>
+        </is>
+      </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>72311</t>
+          <t>69017</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
-          <t>UA23080070010092407</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
-          <t>м. Мелітополь</t>
+          <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>Каховське шосе , 8/2</t>
+          <t>вул. Наукового Містечка, 59</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>+067(61)-861-69</t>
-[...2 lines deleted...]
-      <c r="Q15" s="5"/>
+          <t>061 286 53 04</t>
+        </is>
+      </c>
+      <c r="Q15" s="5" t="inlineStr">
+        <is>
+          <t>info@khnnra.zp.ua</t>
+        </is>
+      </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
-          <t>midmu_kpu@com.ua</t>
+          <t>khnnra.edu.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Редько Людмила Іванівна</t>
+          <t>Нечипоренко Валентина Василівна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад вищої освіти «Хортицька національна навчально-реабілітаційна академія» Запорізької обласної ради</t>
+          <t>Комунальний заклад "Запорізький обласний інститут післядипломної педагогічної освіти" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>827</v>
+        <v>1636</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>Хортицька національна академія</t>
+          <t>КЗ "ЗОІППО" ЗОР</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>Municipal Institution of Higher Education «Khortytsia National Educational and Rehabilitational Academy» of Zaporizhzhia Regional Council</t>
-[...6 lines deleted...]
-      </c>
+          <t>Municipal Institution "Zaporizhzhia Regional Institute of Continuing Pedagogical Education" of Zaporizhzhia Regional Council</t>
+        </is>
+      </c>
+      <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J16" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>69017</t>
+          <t>69035</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Наукового Містечка, 59</t>
+          <t>вул. Незалежної України, 57-А</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>061 286 53 04</t>
+          <t>(061) 222-25-84</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>info@khnnra.zp.ua</t>
+          <t>osvita@zoippo.net.ua</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
-          <t>khnnra.edu.ua</t>
+          <t>https://zoippo.zp.ua/</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Нечипоренко Валентина Василівна</t>
+          <t>Гугнін Едуард Анатолійович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Запорізький обласний інститут післядипломної педагогічної освіти" Запорізької обласної ради</t>
+          <t>Мелітопольський інститут державного та муніципального управління "Класичного приватного університету"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>1636</v>
+        <v>221</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>КЗ "ЗОІППО" ЗОР</t>
+          <t>МІДМУ "КПУ"</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>Municipal Institution "Zaporizhzhia Regional Institute of Continuing Pedagogical Education" of Zaporizhzhia Regional Council</t>
+          <t>MELITOPOL INSTITUTE of PUBLIC and MUNICIPAL ADMINISTRATION of the "CLASSIC PRIVATE UNIVERSITY"</t>
         </is>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J17" s="5"/>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>69035</t>
+          <t>72311</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23080070010092407</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
-          <t>м. Запоріжжя</t>
+          <t>м. Мелітополь</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Незалежної України, 57-А</t>
+          <t>Каховське шосе , 8/2</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>(061) 222-25-84</t>
+          <t>(0619) 43 04 09</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>osvita@zoippo.net.ua</t>
+          <t>migmu_kpu@i.ua</t>
         </is>
       </c>
       <c r="R17" s="5" t="inlineStr">
         <is>
-          <t>https://zoippo.zp.ua/</t>
+          <t>midmu.com.ua</t>
         </is>
       </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Гугнін Едуард Анатолійович</t>
+          <t>Фесенко Марина Миколаївна</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>Мелітопольський інститут державного та муніципального управління "Класичного приватного університету"</t>
+          <t>Національний університет "Запорізька політехніка"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>221</v>
+        <v>91</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>МІДМУ "КПУ"</t>
+          <t>НУ "Запорізька політехніка"</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>MELITOPOL INSTITUTE of PUBLIC and MUNICIPAL ADMINISTRATION of the "CLASSIC PRIVATE UNIVERSITY"</t>
-[...2 lines deleted...]
-      <c r="F18" s="7"/>
+          <t>National University Zaporizhzhia Polytechnic</t>
+        </is>
+      </c>
+      <c r="F18" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G18" s="6" t="n">
-        <v>2004</v>
+        <v>1900</v>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J18" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J18" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K18" s="7" t="inlineStr">
         <is>
-          <t>72311</t>
+          <t>69063</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
-          <t>UA23080070010092407</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
-          <t>м. Мелітополь</t>
+          <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
-          <t>Каховське шосе , 8/2</t>
+          <t>вул. Жуковського, 64</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>(0619) 43 04 09</t>
+          <t>(061)764-21-41, (061)764-25-06</t>
         </is>
       </c>
       <c r="Q18" s="5" t="inlineStr">
         <is>
-          <t>migmu_kpu@i.ua</t>
+          <t>rector@zp.edu.ua</t>
         </is>
       </c>
       <c r="R18" s="5" t="inlineStr">
         <is>
-          <t>midmu.com.ua</t>
+          <t>zp.edu.ua</t>
         </is>
       </c>
       <c r="S18" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Фесенко Марина Миколаївна</t>
+          <t>Грешта Віктор Леонідович</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>Національний університет "Запорізька політехніка"</t>
+          <t>Приватне акціонерне товариство "Приватний вищий навчальний заклад "Запорізький інститут економіки та інформаційних технологій"</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>91</v>
+        <v>347</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>НУ "Запорізька політехніка"</t>
+          <t>ПРАТ " ПВНЗ "ЗІЕІТ"</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>National University Zaporizhzhia Polytechnic</t>
-[...6 lines deleted...]
-      </c>
+          <t>Private High Education Institution "Zaporizhzhia Institute of Economics and Information Technologies"</t>
+        </is>
+      </c>
+      <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
-        <v>1900</v>
+        <v>1994</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J19" s="5"/>
       <c r="K19" s="7" t="inlineStr">
         <is>
-          <t>69063</t>
+          <t>69041</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. Жуковського, 64</t>
+          <t>вул. Кияшка, 16-Б</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>(061)764-21-41, (061)764-25-06</t>
+          <t>(061) 289 10 40</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
-          <t>rector@zp.edu.ua</t>
+          <t>info@econom.zp.ua</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
-          <t>zp.edu.ua</t>
+          <t>zieit.edu.ua</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Грешта Віктор Леонідович</t>
+          <t>Туровцев Геннадій Володимирович</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство "Приватний вищий навчальний заклад "Запорізький інститут економіки та інформаційних технологій"</t>
+          <t>Таврійський державний агротехнологічний університет імені Дмитра Моторного</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>347</v>
+        <v>148</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>ПРАТ " ПВНЗ "ЗІЕІТ"</t>
+          <t>ТДАТУ</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>Private High Education Institution "Zaporizhzhia Institute of Economics and Information Technologies"</t>
-[...2 lines deleted...]
-      <c r="F20" s="7"/>
+          <t>DMYTRO MOTORNYI TAVRIA STATE AGROTECHNOLOGICAL UNIVERSITY</t>
+        </is>
+      </c>
+      <c r="F20" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G20" s="6" t="n">
-        <v>1994</v>
+        <v>1932</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J20" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J20" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>69041</t>
+          <t>72312</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23080070010092407</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
-          <t>м. Запоріжжя</t>
+          <t>м. Мелітополь</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>вул. Кияшка, 16-Б</t>
+          <t>просп. Богдана Хмельницького, 18</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>(061) 289 10 40</t>
+          <t>+38(099)614-83-02</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
-          <t>info@econom.zp.ua</t>
+          <t>office@tsatu.edu.ua</t>
         </is>
       </c>
       <c r="R20" s="5" t="inlineStr">
         <is>
-          <t>zieit.edu.ua</t>
+          <t>http://www.tsatu.edu.ua</t>
         </is>
       </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Туровцев Геннадій Володимирович</t>
+          <t>Кюрчев Сергій Володимирович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Таврійський державний агротехнологічний університет імені Дмитра Моторного</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ТЕХНІЧНИЙ УНІВЕРСИТЕТ "МЕТІНВЕСТ ПОЛІТЕХНІКА"</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>148</v>
+        <v>5718</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>ТДАТУ</t>
+          <t>ТОВ "ТЕХНІЧНИЙ УНІВЕРСИТЕТ "МЕТІНВЕСТ ПОЛІТЕХНІКА"</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>DMYTRO MOTORNYI TAVRIA STATE AGROTECHNOLOGICAL UNIVERSITY</t>
-[...6 lines deleted...]
-      </c>
+          <t>LIMITED LIABILITY COMPANY "TECHNICAL UNIVERSITY "METINVEST POLYTECHNIC"</t>
+        </is>
+      </c>
+      <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>1932</v>
+        <v>2020</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J21" s="5"/>
       <c r="K21" s="7" t="inlineStr">
         <is>
-          <t>72312</t>
+          <t>69008</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
-          <t>UA23080070010092407</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
-          <t>м. Мелітополь</t>
+          <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>просп. Богдана Хмельницького, 18</t>
+          <t>вул. Південне шосе, 80</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>+38(099)614-83-02</t>
+          <t>+38(067) 760-49-71</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
-          <t>office@tsatu.edu.ua</t>
+          <t>MIP@metinvestholding.com</t>
         </is>
       </c>
       <c r="R21" s="5" t="inlineStr">
         <is>
-          <t>http://www.tsatu.edu.ua</t>
+          <t>https://metinvest.university</t>
         </is>
       </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Кюрчев Сергій Володимирович</t>
+          <t>Поважний Олександр Станіславович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ТЕХНІЧНИЙ УНІВЕРСИТЕТ "МЕТІНВЕСТ ПОЛІТЕХНІКА"</t>
+          <t>Фаховий коледж Класичного приватного університету</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>5718</v>
-[...1 lines deleted...]
-      <c r="C22" s="6"/>
+        <v>3074</v>
+      </c>
+      <c r="C22" s="6" t="n">
+        <v>198</v>
+      </c>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ТЕХНІЧНИЙ УНІВЕРСИТЕТ "МЕТІНВЕСТ ПОЛІТЕХНІКА"</t>
+          <t>Фаховий коледж КПУ</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>LIMITED LIABILITY COMPANY "TECHNICAL UNIVERSITY "METINVEST POLYTECHNIC"</t>
+          <t>Specialised College of Classic Private University</t>
         </is>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J22" s="5"/>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>69008</t>
+          <t>69002</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Південне шосе, 80</t>
+          <t>вул. Жуковського, 70-Б</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>+38(067) 760-49-71</t>
+          <t>(061) 228 08 25</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>MIP@metinvestholding.com</t>
+          <t>college.cpu@gmail.com.</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
-          <t>https://metinvest.university</t>
+          <t>https://www.ccpu.zp.ua</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Поважний Олександр Станіславович</t>
+          <t>Яценко Лариса Іванівна</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж Класичного приватного університету</t>
+          <t>Бердянський державний педагогічний університет</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>3074</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж КПУ</t>
+          <t>БДПУ</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>Specialised College of Classic Private University</t>
-[...2 lines deleted...]
-      <c r="F23" s="7"/>
+          <t>Berdyansk State Pedagogical University</t>
+        </is>
+      </c>
+      <c r="F23" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G23" s="6" t="n">
-        <v>2013</v>
+        <v>1953</v>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J23" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J23" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
-          <t>69002</t>
+          <t>71100</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
-          <t>м. Запоріжжя</t>
+          <t>м. Бердянськ</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>вул. Жуковського, 70-Б</t>
+          <t>вул. Шмідта, 4</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>(061) 228 08 25</t>
+          <t>(061)289-12-06; +38(096)-157-89-47</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
-          <t>college.cpu@gmail.com.</t>
+          <t>rector@bdpu.org.ua, bdpu.zp@gmail.com</t>
         </is>
       </c>
       <c r="R23" s="5" t="inlineStr">
         <is>
-          <t>https://www.ccpu.zp.ua</t>
+          <t>https://bdpu.org.ua</t>
         </is>
       </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Яценко Лариса Іванівна</t>
+          <t>Богданов Ігор Тимофійович</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Бердянський державний педагогічний університет</t>
+          <t>Відокремлений структурний підрозділ фаховий коледж Енергодарського інституту державного та муніципального управління імені Р.Г. Хеноха "Класичного приватного університету"</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="C24" s="6"/>
+        <v>3509</v>
+      </c>
+      <c r="C24" s="6" t="n">
+        <v>222</v>
+      </c>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>БДПУ</t>
+          <t>ВСП ФК ЕІДМУ "КПУ"</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>Berdyansk State Pedagogical University</t>
-[...6 lines deleted...]
-      </c>
+          <t>SE Professional College of the Energodar Institute of State and Municipal Management named after R.Khenokh of the Classical Private University</t>
+        </is>
+      </c>
+      <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>1953</v>
+        <v>2000</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J24" s="5"/>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>71100</t>
+          <t>71503</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
-          <t>UA23020050010019935</t>
+          <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
-          <t>м. Бердянськ</t>
+          <t>м. Енергодар</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>вул. Шмідта, 4</t>
+          <t>вул. Молодіжна, 3А</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>(061)289-12-06; +38(096)-157-89-47</t>
+          <t>(06139) 6-32-35</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>rector@bdpu.org.ua, bdpu.zp@gmail.com</t>
+          <t>secretar.eigmy@gmail.com</t>
         </is>
       </c>
       <c r="R24" s="5" t="inlineStr">
         <is>
-          <t>https://bdpu.org.ua</t>
+          <t>http://eidmu.zp.ua</t>
         </is>
       </c>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Богданов Ігор Тимофійович</t>
+          <t>Фрішко Інна Олександрівна</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ фаховий коледж Енергодарського інституту державного та муніципального управління імені Р.Г. Хеноха "Класичного приватного університету"</t>
+          <t>Енергодарський інститут державного та муніципального управління імені Р.Г. Хеноха "Класичного приватного університету"</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>3509</v>
-[...1 lines deleted...]
-      <c r="C25" s="6" t="n">
         <v>222</v>
       </c>
+      <c r="C25" s="6"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>ВСП ФК ЕІДМУ "КПУ"</t>
+          <t>ЕІДМУ "КПУ"</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>SE Professional College of the Energodar Institute of State and Municipal Management named after R.Khenokh of the Classical Private University</t>
+          <t>Energodar Institute of State and Municipal Government of R.G. Khenokh "Classical Private University"</t>
         </is>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="6" t="n">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J25" s="5"/>
       <c r="K25" s="7" t="inlineStr">
         <is>
           <t>71503</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
           <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
           <t>м. Енергодар</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
           <t>вул. Молодіжна, 3А</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>(06139) 6-32-35</t>
+          <t>(06139) 6-32-35, 6-18-81</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
           <t>secretar.eigmy@gmail.com</t>
         </is>
       </c>
       <c r="R25" s="5" t="inlineStr">
         <is>
           <t>http://eidmu.zp.ua</t>
         </is>
       </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Фрішко Інна Олександрівна</t>
+          <t>Ткаченко Володимир Сергійович</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>Енергодарський інститут державного та муніципального управління імені Р.Г. Хеноха "Класичного приватного університету"</t>
+          <t>Мелітопольський державний педагогічний університет імені Богдана Хмельницького</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>222</v>
+        <v>78</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>ЕІДМУ "КПУ"</t>
+          <t>МДПУ імені Богдана Хмельницького</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>Energodar Institute of State and Municipal Government of R.G. Khenokh "Classical Private University"</t>
-[...2 lines deleted...]
-      <c r="F26" s="7"/>
+          <t>Bogdan Khmelnitsky Melitopol state pedagogical university</t>
+        </is>
+      </c>
+      <c r="F26" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G26" s="6" t="n">
-        <v>2003</v>
+        <v>1922</v>
       </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J26" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J26" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K26" s="7" t="inlineStr">
         <is>
-          <t>71503</t>
+          <t>72312</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
-          <t>UA23040110010044100</t>
+          <t>UA23080070010092407</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
-          <t>м. Енергодар</t>
+          <t>м. Мелітополь</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
-          <t>вул. Молодіжна, 3А</t>
+          <t>вул. Гетьманська, 20</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>(06139) 6-32-35, 6-18-81</t>
+          <t>+38 (096) 216 13 72</t>
         </is>
       </c>
       <c r="Q26" s="5" t="inlineStr">
         <is>
-          <t>secretar.eigmy@gmail.com</t>
+          <t>rectorat@mdpu.org.ua</t>
         </is>
       </c>
       <c r="R26" s="5" t="inlineStr">
         <is>
-          <t>http://eidmu.zp.ua</t>
+          <t>http://www.mdpu.org.ua/</t>
         </is>
       </c>
       <c r="S26" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
-          <t>Ткаченко Володимир Сергійович</t>
+          <t>Фалько Наталя Миколаївна</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
-[...94 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:V27"/>
+  <autoFilter ref="A1:V26"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>