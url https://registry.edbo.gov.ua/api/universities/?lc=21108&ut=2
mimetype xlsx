--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -374,51 +374,51 @@
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Хуст</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Свободи, 1</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>+38(031)-425-15-76;</t>
         </is>
       </c>
       <c r="Q2" s="5"/>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Подолей Іван Васильович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю Навчальний центр "Квадро"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>4235</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ТОВ Навчальний центр "Квадро"</t>
         </is>
       </c>