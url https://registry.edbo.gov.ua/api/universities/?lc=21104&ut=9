--- v0 (2025-10-27)
+++ v1 (2026-01-19)
@@ -480,56 +480,56 @@
           <t>м. Мукачево</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Масарика Томаша, 32</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>+380 50 692 27 81</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>makollege@gmail.com</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>http://new.makinfo.org.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуючий обов’язки директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Садварі Юрій Юрійович</t>
+          <t>Грубінка Ігор Іванович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Мукачівський кооперативний фаховий коледж бізнесу</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>671</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>МКФКБ</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Mukachevo Cooperative Professional College of Business</t>
         </is>
       </c>