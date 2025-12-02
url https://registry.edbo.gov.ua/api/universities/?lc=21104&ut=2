--- v0 (2025-10-15)
+++ v1 (2025-12-02)
@@ -558,51 +558,51 @@
           <t>м. Мукачево</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Береста Олексія, 32</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>(03131) 499 05</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>mpalmk2@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>https://agrolicey.uz.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Ковбаско Василь Васильович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Філія "Закарпатський державний обласний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>3293</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>3132</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>.</t>