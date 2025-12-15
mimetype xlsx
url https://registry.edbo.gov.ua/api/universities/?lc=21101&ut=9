--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -936,56 +936,56 @@
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Ужгород</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Минайська, 38/80</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>(0312) 66-37-37; 66-32-90</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>usa.uzhgorod@і.ua</t>
         </is>
       </c>
       <c r="R8" s="5"/>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Павлюк Артур Михайлович</t>
+          <t>Поляк Мар`яна Тарасівна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>