--- v1 (2025-12-15)
+++ v2 (2026-03-07)
@@ -895,51 +895,51 @@
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t>Adalbert Erdeli Professional Art College of Transcarpathian Academy of Arts</t>
         </is>
       </c>
       <c r="F8" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G8" s="6" t="n">
         <v>1945</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
           <t>88015</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA21100230010016545</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Ужгород</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Минайська, 38/80</t>