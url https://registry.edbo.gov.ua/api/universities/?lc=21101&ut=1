--- v0 (2025-10-24)
+++ v1 (2025-12-25)
@@ -664,51 +664,51 @@
           <t>м. Ужгород</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>вул. Минайська, 38/80</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
           <t>(031)266-21-80</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>uzh.academyca@uica.education</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>https://akim.uz.ua/ua/</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Шетеля Наталія Ігорівна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Заклад вищої освіти "Університет глобальних стратегій "Альтера"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>1657</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t>ТОВ "Університет "Альтера"</t>
         </is>
       </c>