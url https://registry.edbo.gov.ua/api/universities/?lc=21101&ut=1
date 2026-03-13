--- v1 (2025-12-25)
+++ v2 (2026-03-13)
@@ -439,51 +439,51 @@
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Transcarpathian Academy of Art</t>
         </is>
       </c>
       <c r="F3" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G3" s="6" t="n">
         <v>2003</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J3" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
           <t>88015</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA21100230010016545</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Ужгород</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Минайська, 38/80</t>