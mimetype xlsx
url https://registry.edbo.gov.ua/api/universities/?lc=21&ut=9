--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -827,61 +827,61 @@
           <t>88000</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA21100230010016545</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Ужгород</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Гойди, 4</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>(0312)61-20-08</t>
+          <t>+38(067)-478-55-29</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>kau7av@gmail.com</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>www.kau.com.ua</t>
+          <t>uzhhek.com.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Андрусь Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Фаховий коледж мистецтв ім. А. Ерделі Закарпатської академії мистецтв</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>1405</v>
       </c>
       <c r="C8" s="6" t="n">
@@ -936,56 +936,56 @@
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Ужгород</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Минайська, 38/80</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>(0312) 66-37-37; 66-32-90</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>usa.uzhgorod@і.ua</t>
         </is>
       </c>
       <c r="R8" s="5"/>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Павлюк Артур Михайлович</t>
+          <t>Поляк Мар`яна Тарасівна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>КОМУНАЛЬНИЙ ЗАКЛАД “БЕРЕГІВСЬКИЙ МЕДИЧНИЙ ФАХОВИЙ КОЛЕДЖ” ЗАКАРПАТСЬКОЇ ОБЛАСНОЇ РАДИ</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>943</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>БМФК</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t>Municipal Education Establishment of Zakarpattia Regional Council “Berehove Medical Specialized College”</t>
         </is>
       </c>