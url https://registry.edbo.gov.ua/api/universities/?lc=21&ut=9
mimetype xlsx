--- v1 (2025-12-05)
+++ v2 (2026-03-07)
@@ -895,51 +895,51 @@
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t>Adalbert Erdeli Professional Art College of Transcarpathian Academy of Arts</t>
         </is>
       </c>
       <c r="F8" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G8" s="6" t="n">
         <v>1945</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
           <t>88015</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA21100230010016545</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Ужгород</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Минайська, 38/80</t>
@@ -1216,56 +1216,56 @@
           <t>м. Мукачево</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
           <t>вул. Масарика Томаша, 32</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
           <t>+380 50 692 27 81</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>makollege@gmail.com</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
           <t>http://new.makinfo.org.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуючий обов’язки директора</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Садварі Юрій Юрійович</t>
+          <t>Грубінка Ігор Іванович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Мукачівський кооперативний фаховий коледж бізнесу</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>671</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>МКФКБ</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>Mukachevo Cooperative Professional College of Business</t>
         </is>
       </c>