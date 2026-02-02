--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$32</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$33</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V32"/>
+  <dimension ref="A1:V33"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -1062,51 +1062,51 @@
           <t>м. Берегове</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
           <t>вул. Мукачівська, 39</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
           <t>38 (050) 162 20 04</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
           <t>beregproflicey1@gmail.com</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
           <t>https://bplsp.licey.org.ua/</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Кулієвич Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Навчальний центр "Перспектива"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>3319</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>"Перспектива"</t>
         </is>
       </c>
@@ -1166,1875 +1166,1955 @@
           <t>szocalap@bereg.net.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Фішер Марія Павлівна</t>
         </is>
       </c>
       <c r="U11" s="8" t="n">
         <v>43019</v>
       </c>
       <c r="V11" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Мукачівський центр професійно-технічної освіти"</t>
+          <t>Приватний заклад професійної (професійно-технічної) освіти «Центр професійно-технічної освіти імені Егана Еде»</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>2062</v>
+        <v>7364</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Мукачвський центр ПТО"</t>
+          <t>ПЗПО "ЦПТО ім. Егана Еде"</t>
         </is>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>2009</v>
+        <v>2025</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J12" s="5"/>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>89600</t>
+          <t>90354</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
-          <t>UA21040150010056148</t>
+          <t>UA21020190010089582</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
-          <t>м. Мукачево</t>
+          <t>с. Пийтерфолво</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Івана Франка-Бічна, 18</t>
+          <t>вул. Раковці Ференца, 135</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(03131) 3-74-54</t>
+          <t>+38(050)-431-90-65;</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>mpbl@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>szakkepzo@kmf.org.ua</t>
+        </is>
+      </c>
+      <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>виконуючий обов`язків директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Плоскіна Володимир Іванович</t>
+          <t>Чірпак Золтан Степанович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад «Мукачівський професійний політехнічний коледж» Закарпатської обласної ради</t>
+          <t>Державний навчальний заклад "Мукачівський центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>6874</v>
+        <v>2062</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>МППК</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "Мукачвський центр ПТО"</t>
+        </is>
+      </c>
+      <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>2023</v>
+        <v>2009</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
           <t>89600</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA21040150010056148</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Мукачево</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Кооперативна, 2</t>
+          <t>вул. Івана Франка-Бічна, 18</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>+380(99)-530-00-85</t>
+          <t>(03131) 3-74-54</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>htsvpu3@gmail.com</t>
+          <t>mpbl@ukr.net</t>
         </is>
       </c>
       <c r="R13" s="5" t="inlineStr">
         <is>
-          <t>https://vpu3.org.ua</t>
+          <t>https://mcpto.org.ua</t>
         </is>
       </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>виконуючий обов`язків директора</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Газдик Мирослава Миронівна</t>
+          <t>Плоскіна Володимир Іванович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Мукачівський професійний аграрний ліцей імені Михайла Данканича" Закарпатської обласної ради</t>
+          <t>Комунальний заклад «Мукачівський професійний політехнічний коледж» Закарпатської обласної ради</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>6875</v>
+        <v>6874</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>КЗ "МПАЛ ім.М.Данканича" ЗОР</t>
-[...2 lines deleted...]
-      <c r="E14" s="5"/>
+          <t>МППК</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>Municipal Institution «Mukachevo Vocational Polytechnic College» of the Transcarpathian Regional Council</t>
+        </is>
+      </c>
       <c r="F14" s="7"/>
-      <c r="G14" s="6"/>
+      <c r="G14" s="6" t="n">
+        <v>2023</v>
+      </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
           <t>89600</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA21040150010056148</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Мукачево</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Береста Олексія, 32</t>
+          <t>вул. Кооперативна, 2</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>(03131) 499 05</t>
+          <t>+380(99)-530-00-85</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>mpalmk2@ukr.net</t>
+          <t>htsvpu3@gmail.com</t>
         </is>
       </c>
       <c r="R14" s="5" t="inlineStr">
         <is>
-          <t>https://agrolicey.uz.ua</t>
+          <t>https://vpu3.org.ua</t>
         </is>
       </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Ковбаско Василь Васильович</t>
+          <t>Газдик Мирослава Миронівна</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Філія "Закарпатський державний обласний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>
+          <t>Комунальний заклад "Мукачівський професійний аграрний ліцей імені Михайла Данканича" Закарпатської обласної ради</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>3293</v>
-[...3 lines deleted...]
-      </c>
+        <v>6875</v>
+      </c>
+      <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КЗ "МПАЛ ім.М.Данканича" ЗОР</t>
         </is>
       </c>
       <c r="E15" s="5"/>
       <c r="F15" s="7"/>
-      <c r="G15" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G15" s="6"/>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
-          <t>Міністерство інфраструктури України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
           <t>89600</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA21040150010056148</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Мукачево</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>вул. Ілони Зріні, 51</t>
+          <t>вул. Береста Олексія, 32</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>(03131)2-23-07</t>
+          <t>(03131) 499 05</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>zdonkk@mk.uz.ua</t>
-[...2 lines deleted...]
-      <c r="R15" s="5"/>
+          <t>mpalmk2@ukr.net</t>
+        </is>
+      </c>
+      <c r="R15" s="5" t="inlineStr">
+        <is>
+          <t>https://agrolicey.uz.ua</t>
+        </is>
+      </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
-          <t>Т. в. о. директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Штефанюк Василь Олександрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Ковбаско Василь Васильович</t>
+        </is>
+      </c>
+      <c r="U15" s="8"/>
+      <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Хустський професійний коледж" Закарпатської обласної ради</t>
+          <t>Філія "Закарпатський державний обласний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>6859</v>
-[...1 lines deleted...]
-      <c r="C16" s="6"/>
+        <v>3293</v>
+      </c>
+      <c r="C16" s="6" t="n">
+        <v>3132</v>
+      </c>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>КЗ "ХУСТСЬКИЙ ПК" ЗОР</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E16" s="5"/>
       <c r="F16" s="7"/>
-      <c r="G16" s="6"/>
+      <c r="G16" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J16" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
+          <t>Міністерство інфраструктури України</t>
         </is>
       </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>90400</t>
+          <t>89600</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
-          <t>UA21120250010053148</t>
+          <t>UA21040150010056148</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
-          <t>м. Хуст</t>
+          <t>м. Мукачево</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Свободи, 1</t>
+          <t>вул. Ілони Зріні, 51</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>+38(031)-425-15-76;</t>
-[...2 lines deleted...]
-      <c r="Q16" s="5"/>
+          <t>(03131)2-23-07</t>
+        </is>
+      </c>
+      <c r="Q16" s="5" t="inlineStr">
+        <is>
+          <t>zdonkk@mk.uz.ua</t>
+        </is>
+      </c>
       <c r="R16" s="5"/>
       <c r="S16" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Т. в. о. директора</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Подолей Іван Васильович</t>
-[...3 lines deleted...]
-      <c r="V16" s="5"/>
+          <t>Штефанюк Василь Олександрович</t>
+        </is>
+      </c>
+      <c r="U16" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V16" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю Навчальний центр "Квадро"</t>
+          <t>Комунальний заклад "Хустський професійний коледж" Закарпатської обласної ради</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>4235</v>
+        <v>6859</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>ТОВ Навчальний центр "Квадро"</t>
-[...2 lines deleted...]
-      <c r="E17" s="5"/>
+          <t>КЗ "ХУСТСЬКИЙ ПК" ЗОР</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>The Municipal Institution "Khust Vocational College" of the Transcarpathian Regional Council</t>
+        </is>
+      </c>
       <c r="F17" s="7"/>
-      <c r="G17" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G17" s="6"/>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J17" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J17" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K17" s="7" t="inlineStr">
         <is>
           <t>90400</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
           <t>UA21120250010053148</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Хуст</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Рєпіна, 1 кв.3</t>
+          <t>вул. Свободи, 1</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>+38(031)4245634</t>
+          <t>+38(031)-425-15-76;</t>
         </is>
       </c>
       <c r="Q17" s="5"/>
       <c r="R17" s="5"/>
       <c r="S17" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Яськів Михайло Миколайович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Подолей Іван Васильович</t>
+        </is>
+      </c>
+      <c r="U17" s="8"/>
+      <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>ЗАКЛАД ПРОФЕСІЙНОЇ (ПРОФЕСІЙНО-ТЕХНІЧНОЇ) ОСВІТИ «ВИНОГРАДІВСЬКИЙ ПРОФЕСІЙНИЙ КОЛЕДЖ»</t>
+          <t>Товариство з обмеженою відповідальністю Навчальний центр "Квадро"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>2114</v>
+        <v>4235</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>ЗП(ПТ)О «ВИНОГРАДІВСЬКИЙ ПК»</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ Навчальний центр "Квадро"</t>
+        </is>
+      </c>
+      <c r="E18" s="5"/>
       <c r="F18" s="7"/>
       <c r="G18" s="6" t="n">
-        <v>1984</v>
+        <v>2002</v>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J18" s="5"/>
       <c r="K18" s="7" t="inlineStr">
         <is>
-          <t>90300</t>
+          <t>90400</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
-          <t>UA21020110010043238</t>
+          <t>UA21120250010053148</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
-          <t>м. Виноградів</t>
+          <t>м. Хуст</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
-          <t>вул. Івана Франка, 116</t>
+          <t>вул. Рєпіна, 1 кв.3</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>2-14-73,2-46-58</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(031)4245634</t>
+        </is>
+      </c>
+      <c r="Q18" s="5"/>
+      <c r="R18" s="5"/>
       <c r="S18" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Гнатківський Володимир Петрович</t>
-[...3 lines deleted...]
-      <c r="V18" s="5"/>
+          <t>Яськів Михайло Миколайович</t>
+        </is>
+      </c>
+      <c r="U18" s="8" t="n">
+        <v>43971</v>
+      </c>
+      <c r="V18" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Міжшкільний ресурсний центр Вишківської селищної ради"</t>
+          <t>ЗАКЛАД ПРОФЕСІЙНОЇ (ПРОФЕСІЙНО-ТЕХНІЧНОЇ) ОСВІТИ «ВИНОГРАДІВСЬКИЙ ПРОФЕСІЙНИЙ КОЛЕДЖ»</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>2638</v>
+        <v>2114</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>-</t>
-[...2 lines deleted...]
-      <c r="E19" s="5"/>
+          <t>ЗП(ПТ)О «ВИНОГРАДІВСЬКИЙ ПК»</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>INSTITUTION OF PROFESSIONAL (VOCATIONAL AND TECHNICAL) EDUCATION «THE PROFESSIONAL COLLEGE OF VYNOGRADIV»</t>
+        </is>
+      </c>
       <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J19" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K19" s="7" t="inlineStr">
         <is>
-          <t>90454</t>
+          <t>90300</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
-          <t>UA21120030010077683</t>
+          <t>UA21020110010043238</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
-          <t>с-ще Вишково</t>
+          <t>м. Виноградів</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 19</t>
+          <t>вул. Івана Франка, 116</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>0314257205</t>
+          <t>2-14-73,2-46-58</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
-          <t>vyshkovomnvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R19" s="5"/>
+          <t>vpu34vin@i.ua</t>
+        </is>
+      </c>
+      <c r="R19" s="5" t="inlineStr">
+        <is>
+          <t>https://vpu34vin.com.ua</t>
+        </is>
+      </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Копанський Іван Михайлович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Гнатківський Володимир Петрович</t>
+        </is>
+      </c>
+      <c r="U19" s="8"/>
+      <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Горінчівський міжшкільний ресурсний центр" Горінчівської сільської ради</t>
+          <t>Комунальний заклад "Міжшкільний ресурсний центр Вишківської селищної ради"</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>1694</v>
+        <v>2638</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>Горінчівський МРЦ</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E20" s="5"/>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J20" s="5" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту і туризму Горінчівської сільської ради</t>
+          <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>90430</t>
+          <t>90454</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
-          <t>UA21120050010081452</t>
+          <t>UA21120030010077683</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
-          <t>с. Горінчово</t>
+          <t>с-ще Вишково</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>вул. Незалежності, 47</t>
+          <t>вул. Шевченка, 19</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>+380674251212</t>
+          <t>0314257205</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
-          <t>gorinchevomnvk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>vyshkovomnvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Василинець Михайло Васильович</t>
-[...3 lines deleted...]
-      <c r="V20" s="5"/>
+          <t>Копанський Іван Михайлович</t>
+        </is>
+      </c>
+      <c r="U20" s="8" t="n">
+        <v>45229</v>
+      </c>
+      <c r="V20" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Навчально-виробничий комплекс "Лан"</t>
+          <t>Комунальний заклад "Горінчівський міжшкільний ресурсний центр" Горінчівської сільської ради</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>4157</v>
+        <v>1694</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>ТОВ НВК "ЛАН"</t>
+          <t>Горінчівський МРЦ</t>
         </is>
       </c>
       <c r="E21" s="5"/>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>2013</v>
+        <v>1978</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J21" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J21" s="5" t="inlineStr">
+        <is>
+          <t>Відділ освіти, молоді, спорту і туризму Горінчівської сільської ради</t>
+        </is>
+      </c>
       <c r="K21" s="7" t="inlineStr">
         <is>
           <t>90430</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
           <t>UA21120050010081452</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
           <t>с. Горінчово</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>вул. Незалежності, 121 а</t>
+          <t>вул. Незалежності, 47</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>+380(31)-426-22-17</t>
+          <t>+380674251212</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
-          <t>lan49@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R21" s="5"/>
+          <t>gorinchevomnvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R21" s="5" t="inlineStr">
+        <is>
+          <t>https://gorinchovo.school.org.ua/</t>
+        </is>
+      </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Кавка Юлія Іванівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Василинець Михайло Васильович</t>
+        </is>
+      </c>
+      <c r="U21" s="8"/>
+      <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Іршавська автомобільна школа Товариства сприяння обороні України</t>
+          <t>Товариство з обмеженою відповідальністю "Навчально-виробничий комплекс "Лан"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>4298</v>
+        <v>4157</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>Іршаська автомобільна школа ТСО України</t>
+          <t>ТОВ НВК "ЛАН"</t>
         </is>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="7"/>
-      <c r="G22" s="6"/>
+      <c r="G22" s="6" t="n">
+        <v>2013</v>
+      </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J22" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J22" s="5"/>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>90100</t>
+          <t>90430</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
-          <t>UA21120130010065349</t>
+          <t>UA21120050010081452</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
-          <t>м. Іршава</t>
+          <t>с. Горінчово</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Федорова, 31</t>
+          <t>вул. Незалежності, 121 а</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>+380(31)-442-18-02</t>
+          <t>+380(31)-426-22-17</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>irshavaavtoshkola@meta.ua</t>
+          <t>lan49@ukr.net</t>
         </is>
       </c>
       <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>виконуючий обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Грицу Віталій Вікторович</t>
-[...3 lines deleted...]
-      <c r="V22" s="5"/>
+          <t>Кавка Юлія Іванівна</t>
+        </is>
+      </c>
+      <c r="U22" s="8" t="n">
+        <v>46048</v>
+      </c>
+      <c r="V22" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>Калинівський міжшкільний ресурсний центр Дубівської селищної ради Тячівського району Закарпатської області</t>
+          <t>Іршавська автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>2919</v>
+        <v>4298</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>Калинівський МРЦ</t>
-[...6 lines deleted...]
-      </c>
+          <t>Іршаська автомобільна школа ТСО України</t>
+        </is>
+      </c>
+      <c r="E23" s="5"/>
       <c r="F23" s="7"/>
-      <c r="G23" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G23" s="6"/>
       <c r="H23" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J23" s="5" t="inlineStr">
         <is>
-          <t>Районна рада</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
-          <t>90532</t>
+          <t>90100</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
-          <t>UA21080070030085352</t>
+          <t>UA21120130010065349</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
-          <t>с. Калини</t>
+          <t>м. Іршава</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>вул. Бачинського Едмунда, 12</t>
+          <t>вул. Федорова, 31</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>(03134)74-565</t>
+          <t>+380(31)-442-18-02</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
-          <t>kalyny-mnvk@tyachiv.uz.ua</t>
+          <t>irshavaavtoshkola@meta.ua</t>
         </is>
       </c>
       <c r="R23" s="5"/>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Івачевська Тетяна Петрівна</t>
+          <t>Грицу Віталій Вікторович</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Міжгірський професійний коледж" Закарпатської обласної ради</t>
+          <t>Калинівський міжшкільний ресурсний центр Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>6893</v>
+        <v>2919</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>КЗ «МІЖГІРСЬКИЙ ПРОФЕСІЙНИЙ КОЛЕДЖ» ЗОР</t>
+          <t>Калинівський МРЦ</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>THE MUNICIPAL INSTITUTION «THE PROFESSIONAL COLLEGE OF MIZHHIRIA» OF TRANSCARPATHIAN REGIONAL COUNCIL</t>
+          <t>Kalyly Interschool Resource Center of Dubove village council in Tyachiv district, Transcarpathian region.</t>
         </is>
       </c>
       <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>2023</v>
+        <v>2000</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J24" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Районна рада</t>
         </is>
       </c>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>90000</t>
+          <t>90532</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
-          <t>UA21120190010094897</t>
+          <t>UA21080070030085352</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
-          <t>с-ще Міжгір’я</t>
+          <t>с. Калини</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 18</t>
+          <t>вул. Бачинського Едмунда, 12</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>0314621261</t>
+          <t>(03134)74-565</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>mpl.com.ua@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>kalyny-mnvk@tyachiv.uz.ua</t>
+        </is>
+      </c>
+      <c r="R24" s="5"/>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Маринець Василь Юрійович</t>
+          <t>Івачевська Тетяна Петрівна</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Міжгірський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Комунальний заклад "Міжгірський професійний коледж" Закарпатської обласної ради</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>4152</v>
+        <v>6893</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>МІЖГІРСЬКИЙ РСТК ТСОУ</t>
-[...2 lines deleted...]
-      <c r="E25" s="5"/>
+          <t>КЗ «МІЖГІРСЬКИЙ ПРОФЕСІЙНИЙ КОЛЕДЖ» ЗОР</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>THE MUNICIPAL INSTITUTION «THE PROFESSIONAL COLLEGE OF MIZHHIRIA» OF TRANSCARPATHIAN REGIONAL COUNCIL</t>
+        </is>
+      </c>
       <c r="F25" s="7"/>
       <c r="G25" s="6" t="n">
-        <v>1999</v>
+        <v>2023</v>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J25" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K25" s="7" t="inlineStr">
         <is>
           <t>90000</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
           <t>UA21120190010094897</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
           <t>с-ще Міжгір’я</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
-          <t>вул. Будителів, 15</t>
+          <t>вул. Шевченка, 18</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>+38(067)-254-59-05;</t>
+          <t>0314621261</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
-          <t>m.mjanchik@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R25" s="5"/>
+          <t>mpl.com.ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="R25" s="5" t="inlineStr">
+        <is>
+          <t>https://mpl.com.ua/</t>
+        </is>
+      </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Янчик Микола Михайлович</t>
+          <t>Маринець Василь Юрійович</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД "СВАЛЯВСЬКИЙ ПРОФЕСІЙНИЙ КОЛЕДЖ" ЗАКАРПАТСЬКОЇ ОБЛАСНОЇ РАДИ</t>
+          <t>Міжгірський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>6869</v>
+        <v>4152</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>СПК</t>
-[...6 lines deleted...]
-      </c>
+          <t>МІЖГІРСЬКИЙ РСТК ТСОУ</t>
+        </is>
+      </c>
+      <c r="E26" s="5"/>
       <c r="F26" s="7"/>
-      <c r="G26" s="6"/>
+      <c r="G26" s="6" t="n">
+        <v>1999</v>
+      </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J26" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K26" s="7" t="inlineStr">
         <is>
-          <t>89300</t>
+          <t>90000</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
-          <t>UA21040230010045142</t>
+          <t>UA21120190010094897</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
-          <t>м. Свалява</t>
+          <t>с-ще Міжгір’я</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 15 а</t>
+          <t>вул. Будителів, 15</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>+38(031)-332-13-64;</t>
+          <t>+38(067)-254-59-05;</t>
         </is>
       </c>
       <c r="Q26" s="5" t="inlineStr">
         <is>
-          <t>LICEUMSV@UKR.NET</t>
+          <t>m.mjanchik@gmail.com</t>
         </is>
       </c>
       <c r="R26" s="5"/>
       <c r="S26" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
-          <t>Власик Олександр Володимирович</t>
+          <t>Янчик Микола Михайлович</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Перечинський професійний ліцей" Закарпатської обласної ради</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД "СВАЛЯВСЬКИЙ ПРОФЕСІЙНИЙ КОЛЕДЖ" ЗАКАРПАТСЬКОЇ ОБЛАСНОЇ РАДИ</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>6860</v>
+        <v>6869</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>КЗ "Перечинський ПЛ" ЗОР</t>
-[...2 lines deleted...]
-      <c r="E27" s="5"/>
+          <t>СПК</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>Communal institution "Svalyavsky Vocational College" Transcarpathian Regional Council</t>
+        </is>
+      </c>
       <c r="F27" s="7"/>
       <c r="G27" s="6"/>
       <c r="H27" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J27" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>89203</t>
+          <t>89300</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
-          <t>UA21100130040023180</t>
+          <t>UA21040230010045142</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
-          <t>с. Сімер</t>
+          <t>м. Свалява</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>вул. Будівельників, 8</t>
+          <t>вул. Шевченка, 15 а</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>+380753330551</t>
+          <t>+38(031)-332-13-64;</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
-          <t>lizej13_perechin@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>LICEUMSV@UKR.NET</t>
+        </is>
+      </c>
+      <c r="R27" s="5"/>
       <c r="S27" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Зозулич Мар`яна Ярославівна</t>
+          <t>Власик Олександр Володимирович</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Солотвинський міжшкільний навчально-виробничий комбінат Солотвинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Комунальний заклад "Перечинський професійний ліцей" Закарпатської обласної ради</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>3069</v>
+        <v>6860</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>Солотвинський МНВК</t>
+          <t>КЗ "Перечинський ПЛ" ЗОР</t>
         </is>
       </c>
       <c r="E28" s="5"/>
       <c r="F28" s="7"/>
-      <c r="G28" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G28" s="6"/>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J28" s="5" t="inlineStr">
         <is>
-          <t>Районна рада</t>
+          <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K28" s="7" t="inlineStr">
         <is>
-          <t>90575</t>
+          <t>89203</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
-          <t>UA21080110010092186</t>
+          <t>UA21100130040023180</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
-          <t>с-ще Солотвино</t>
+          <t>с. Сімер</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>вул. З. Мозгового, 82</t>
+          <t>вул. Будівельників, 8</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>0313456629, 0313456522</t>
-[...3 lines deleted...]
-      <c r="R28" s="5"/>
+          <t>+380753330551</t>
+        </is>
+      </c>
+      <c r="Q28" s="5" t="inlineStr">
+        <is>
+          <t>lizej13_perechin@i.ua</t>
+        </is>
+      </c>
+      <c r="R28" s="5" t="inlineStr">
+        <is>
+          <t>https://ppl-13.uz.ua</t>
+        </is>
+      </c>
       <c r="S28" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...10 lines deleted...]
-      </c>
+          <t>В.о. директора</t>
+        </is>
+      </c>
+      <c r="T28" s="5" t="inlineStr">
+        <is>
+          <t>Зозулич Мар`яна Ярославівна</t>
+        </is>
+      </c>
+      <c r="U28" s="8"/>
+      <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>Філія комунального закладу "Тячівський професійний ліцей" Закарпатської обласної ради</t>
+          <t>Солотвинський міжшкільний навчально-виробничий комбінат Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>7041</v>
-[...3 lines deleted...]
-      </c>
+        <v>3069</v>
+      </c>
+      <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Солотвинський МНВК</t>
         </is>
       </c>
       <c r="E29" s="5"/>
       <c r="F29" s="7"/>
-      <c r="G29" s="6"/>
+      <c r="G29" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J29" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
+          <t>Районна рада</t>
         </is>
       </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
-          <t>90564</t>
+          <t>90575</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
-          <t>UA21080130010030764</t>
+          <t>UA21080110010092186</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
-          <t>с-ще Тересва</t>
+          <t>с-ще Солотвино</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>вул. Народна, 102</t>
-[...2 lines deleted...]
-      <c r="P29" s="5"/>
+          <t>вул. З. Мозгового, 82</t>
+        </is>
+      </c>
+      <c r="P29" s="5" t="inlineStr">
+        <is>
+          <t>0313456629, 0313456522</t>
+        </is>
+      </c>
       <c r="Q29" s="5"/>
       <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
-          <t>Завідувач Тересвянської філії</t>
-[...8 lines deleted...]
-      <c r="V29" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T29" s="5"/>
+      <c r="U29" s="8" t="n">
+        <v>43019</v>
+      </c>
+      <c r="V29" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Тернівський міжшкільний ресурсний центр" Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Філія комунального закладу "Тячівський професійний ліцей" Закарпатської обласної ради</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>2832</v>
-[...1 lines deleted...]
-      <c r="C30" s="6"/>
+        <v>7041</v>
+      </c>
+      <c r="C30" s="6" t="n">
+        <v>6861</v>
+      </c>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>Тернівський МРЦ</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E30" s="5"/>
       <c r="F30" s="7"/>
-      <c r="G30" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G30" s="6"/>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J30" s="5" t="inlineStr">
         <is>
-          <t>Сільська рада</t>
+          <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K30" s="7" t="inlineStr">
         <is>
-          <t>90545</t>
+          <t>90564</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
-          <t>UA21080090090082228</t>
+          <t>UA21080130010030764</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
-          <t>с. Терново</t>
+          <t>с-ще Тересва</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>вул. Вайди, 20</t>
-[...16 lines deleted...]
-      </c>
+          <t>вул. Народна, 102</t>
+        </is>
+      </c>
+      <c r="P30" s="5"/>
+      <c r="Q30" s="5"/>
+      <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Завідувач Тересвянської філії</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Біланич Микола Андрійович</t>
+          <t>Декет Василь Васильович</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Тячівський професійний ліцей" Закарпатської обласної ради</t>
+          <t>Комунальний заклад "Тернівський міжшкільний ресурсний центр" Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>6861</v>
+        <v>2832</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>КЗ "ТЯЧІВСЬКИЙ ПЛ" ЗОР</t>
+          <t>Тернівський МРЦ</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>Tyachiv Vocational Lyceum of Transcarpathian region</t>
+          <t>"Terniv inter-school resource center" of Neresnytsia village council</t>
         </is>
       </c>
       <c r="F31" s="7"/>
-      <c r="G31" s="6"/>
+      <c r="G31" s="6" t="n">
+        <v>1981</v>
+      </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J31" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
+          <t>Сільська рада</t>
         </is>
       </c>
       <c r="K31" s="7" t="inlineStr">
         <is>
-          <t>90500</t>
+          <t>90545</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
-          <t>UA21080150010051267</t>
+          <t>UA21080090090082228</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
-          <t>м. Тячів</t>
+          <t>с. Терново</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>вул. Нересенська, 7</t>
+          <t>вул. Вайди, 20</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>+031(34)-325-17</t>
+          <t>031-34-61-353, 031-34-61-469</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
-          <t>tyachiv_litcey@ukr.net</t>
+          <t>ternovo-com@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="R31" s="5" t="inlineStr">
         <is>
-          <t>https://tyachivlicey.com.ua/</t>
+          <t>www.ternovo-mnvk.edukit.uz.ua</t>
         </is>
       </c>
       <c r="S31" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Мовнар Аліна Михайлівна</t>
+          <t>Біланич Микола Андрійович</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>Тячівський міжшкільний навчально-виробничий комбінат Тячівської міської ради Закарпатської області</t>
+          <t>Комунальний заклад "Тячівський професійний ліцей" Закарпатської обласної ради</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>2920</v>
+        <v>6861</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
+          <t>КЗ "ТЯЧІВСЬКИЙ ПЛ" ЗОР</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>Tyachiv Vocational Lyceum of Transcarpathian region</t>
+        </is>
+      </c>
+      <c r="F32" s="7"/>
+      <c r="G32" s="6"/>
+      <c r="H32" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I32" s="5" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J32" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="K32" s="7" t="inlineStr">
+        <is>
+          <t>90500</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="inlineStr">
+        <is>
+          <t>UA21080150010051267</t>
+        </is>
+      </c>
+      <c r="M32" s="5" t="inlineStr">
+        <is>
+          <t>Закарпатська обл.</t>
+        </is>
+      </c>
+      <c r="N32" s="5" t="inlineStr">
+        <is>
+          <t>м. Тячів</t>
+        </is>
+      </c>
+      <c r="O32" s="5" t="inlineStr">
+        <is>
+          <t>вул. Нересенська, 7</t>
+        </is>
+      </c>
+      <c r="P32" s="5" t="inlineStr">
+        <is>
+          <t>+031(34)-325-17</t>
+        </is>
+      </c>
+      <c r="Q32" s="5" t="inlineStr">
+        <is>
+          <t>tyachiv_litcey@ukr.net</t>
+        </is>
+      </c>
+      <c r="R32" s="5" t="inlineStr">
+        <is>
+          <t>https://tyachivlicey.com.ua/</t>
+        </is>
+      </c>
+      <c r="S32" s="5" t="inlineStr">
+        <is>
+          <t>В.о. директора</t>
+        </is>
+      </c>
+      <c r="T32" s="5" t="inlineStr">
+        <is>
+          <t>Мовнар Аліна Михайлівна</t>
+        </is>
+      </c>
+      <c r="U32" s="8"/>
+      <c r="V32" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="inlineStr">
+        <is>
+          <t>Тячівський міжшкільний навчально-виробничий комбінат Тячівської міської ради Закарпатської області</t>
+        </is>
+      </c>
+      <c r="B33" s="6" t="n">
+        <v>2920</v>
+      </c>
+      <c r="C33" s="6"/>
+      <c r="D33" s="5" t="inlineStr">
+        <is>
           <t>-</t>
         </is>
       </c>
-      <c r="E32" s="5"/>
-[...1 lines deleted...]
-      <c r="G32" s="6" t="n">
+      <c r="E33" s="5"/>
+      <c r="F33" s="7"/>
+      <c r="G33" s="6" t="n">
         <v>2000</v>
       </c>
-      <c r="H32" s="5" t="inlineStr">
+      <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
-      <c r="I32" s="5" t="inlineStr">
+      <c r="I33" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
-      <c r="J32" s="5" t="inlineStr">
+      <c r="J33" s="5" t="inlineStr">
         <is>
           <t>Міська рада</t>
         </is>
       </c>
-      <c r="K32" s="7" t="inlineStr">
+      <c r="K33" s="7" t="inlineStr">
         <is>
           <t>90500</t>
         </is>
       </c>
-      <c r="L32" s="7" t="inlineStr">
+      <c r="L33" s="7" t="inlineStr">
         <is>
           <t>UA21080150010051267</t>
         </is>
       </c>
-      <c r="M32" s="5" t="inlineStr">
+      <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
-      <c r="N32" s="5" t="inlineStr">
+      <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Тячів</t>
         </is>
       </c>
-      <c r="O32" s="5" t="inlineStr">
+      <c r="O33" s="5" t="inlineStr">
         <is>
           <t>вул. Кошута, 101</t>
         </is>
       </c>
-      <c r="P32" s="5" t="inlineStr">
+      <c r="P33" s="5" t="inlineStr">
         <is>
           <t>0313433226</t>
         </is>
       </c>
-      <c r="Q32" s="5" t="inlineStr">
+      <c r="Q33" s="5" t="inlineStr">
         <is>
           <t>tyachiv-com@tyachiv.net.ua</t>
         </is>
       </c>
-      <c r="R32" s="5"/>
-      <c r="S32" s="5" t="inlineStr">
+      <c r="R33" s="5"/>
+      <c r="S33" s="5" t="inlineStr">
         <is>
           <t>в.о.директора Тячівського МНВК</t>
         </is>
       </c>
-      <c r="T32" s="5" t="inlineStr">
+      <c r="T33" s="5" t="inlineStr">
         <is>
           <t>Гусар Іван Васильович</t>
         </is>
       </c>
-      <c r="U32" s="8" t="n">
+      <c r="U33" s="8" t="n">
         <v>43405</v>
       </c>
-      <c r="V32" s="5" t="inlineStr">
+      <c r="V33" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:V32"/>
+  <autoFilter ref="A1:V33"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>