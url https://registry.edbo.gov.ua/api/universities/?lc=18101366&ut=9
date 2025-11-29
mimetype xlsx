--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -574,56 +574,56 @@
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Велика Бердичівська, 46/15</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>0412 430 891</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>zhitomir.nursing@gmail.com</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>zhim.org.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуюча обов'язки директора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Піскарьова Антоніна Іванівна</t>
+          <t>Горбач Леся Миколаївна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Житомирський кооперативний фаховий коледж бізнесу і права</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>512</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>ЖКФКБП</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t>Zhytomyr Cooperative Applied College Business and Law</t>
         </is>
       </c>