--- v0 (2026-02-03)
+++ v1 (2026-03-22)
@@ -551,61 +551,61 @@
           <t>10003</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA18040190010115253</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Житомирська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Перемоги, 26</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>(0412) 42 34 30</t>
+          <t>+38(041)-242-34-30</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>ztmaup@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
-          <t>maup.zt.ua/pro_koledz.php</t>
+          <t>fkzt.maup.com.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Карпюк Сергій Васильович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>