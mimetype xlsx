--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -478,56 +478,56 @@
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Чуднівська, 103</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>(0412) 24-14-22</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>rector@ztu.edu.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>https://ztu.edu.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Євдокимов Віктор Валерійович</t>
+          <t>Олійник Оксана Вікторівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Житомирський військовий інститут імені С.П. Корольова</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>3147</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ЖВІ</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Korolyov Zhytomyr Military Institute</t>
         </is>
       </c>