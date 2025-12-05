--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -1186,160 +1186,160 @@
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>ПКСІД М.ЖИТОМИРА</t>
         </is>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="7"/>
       <c r="G12" s="6"/>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t>Міська рада</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>10014</t>
+          <t>10025</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA18040190010057814</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Житомирська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>майдан ІМ. С.П.КОРОЛЬОВА, 4/2</t>
+          <t>вул. Корольова, 132</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
           <t>+38(041)-248-45-95;</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
           <t>zvpusd@ukr.net</t>
         </is>
       </c>
       <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
           <t>Мосейчук Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Професійний коледж технічних інновацій міста Житомира</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>2500</v>
+        <v>7400</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t>ПКТІ м. Житомира</t>
         </is>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1953</v>
+        <v>2025</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
           <t>10009</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
-          <t>UA18040190010281147</t>
+          <t>UA18040190010057814</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Житомирська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
           <t>вул. Селецька, 5</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>(0412)482035; 098-494-87-67</t>
+          <t>+38(041)-248-20-35</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
           <t>ztcpto@gmail.com</t>
         </is>
       </c>
       <c r="R13" s="5" t="inlineStr">
         <is>
           <t>cpto.zt.ua</t>
         </is>
       </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
           <t>Перелигін Микола Миколайович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>