--- v0 (2025-10-17)
+++ v1 (2026-02-11)
@@ -478,56 +478,56 @@
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Чуднівська, 103</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>(0412) 24-14-22</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>rector@ztu.edu.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>https://ztu.edu.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Євдокимов Віктор Валерійович</t>
+          <t>Олійник Оксана Вікторівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Житомирська філія Закладу вищої освіти «Київський інститут бізнесу та технологій» товариство з обмеженою відповідальністю</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>1413</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>289</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Житомирська філія Київського інституту бізнесу та технологій</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Zhytomyr branch of Higher education institution Kyiv Institute of Business and Technology LLC</t>
@@ -1034,51 +1034,51 @@
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
           <t>бульв. Старий, 7</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
           <t>(098)9925250</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
           <t>mail@polissiauniver.edu.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
           <t>http://www.polissiauniver.edu.ua/</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
           <t>Скидан Олег Васильович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>