--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -480,51 +480,51 @@
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Степана Бандери, 6</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>0412-47-30-04</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>bkzt@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>https://www.fkbad.com.ua/</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>В. о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Палій Віталій Петрович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Житомирський автомобільно-дорожній фаховий коледж Національного транспортного університету"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>509</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>24</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ВСП ЖАДФК НТУ</t>
@@ -1236,67 +1236,67 @@
         <is>
           <t>muza-uk@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
           <t>culture.zt.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Покропивний Микола Петрович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж при Житомирському інституті Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна академія управління персоналом"</t>
+          <t>Житомирський фаховий коледж управління та безпеки Приватного акціонерного Товариства "Вищий навчальний заклад "Міжрегіональна академія управління персоналом"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>2589</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>249</v>
       </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Житомирський фаховий коледж управління та безпеки ПрАТ "ВНЗ "МАУП"</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>Professional College at the Zhytomyr Institute of the Private Joint Stock Company "Higher education institution "The Interregional Academy of Personnel Management"</t>
+          <t>Zhytomyr Professional College of Management and Security of the Private Joint Stock Company "Higher Educationa Institution "Interregional Academy of Personnel Management"</t>
         </is>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
         <v>2009</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J12" s="5"/>
       <c r="K12" s="7" t="inlineStr">
         <is>
           <t>10003</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA18040190010115253</t>
@@ -1504,58 +1504,52 @@
       <c r="P14" s="5" t="inlineStr">
         <is>
           <t>(041)4320337</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
           <t>info@bpedk.com.ua</t>
         </is>
       </c>
       <c r="R14" s="5" t="inlineStr">
         <is>
           <t>http://bpedk.com.ua/</t>
         </is>
       </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
           <t>Лейчук Алла Олександрівна</t>
         </is>
       </c>
-      <c r="U14" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U14" s="8"/>
+      <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Бердичівський фаховий коледж промисловості, економіки та права</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
         <v>461</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t>БФКПЕП</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>Berdychiv Applied College of Industry, Economics and Law</t>
         </is>
       </c>
       <c r="F15" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
@@ -2144,56 +2138,56 @@
           <t>м. Коростишів</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
           <t>вул. Семінарська, 29</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
           <t>(04130) 5-36-87, 5-36-83; факс 5-36-87</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
           <t>korpk.org@gmail.com.</t>
         </is>
       </c>
       <c r="R21" s="5" t="inlineStr">
         <is>
           <t>http://www.korpk.org.ua</t>
         </is>
       </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Мороз Василь Миколайович</t>
+          <t>Позняков Павло Миколайович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>Новочорторийський технолого-економічний фаховий коледж</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
         <v>688</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t>НТЕФК</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>Novochortoryiskyi Technological and Economic Applied College</t>
         </is>
       </c>
@@ -2330,51 +2324,51 @@
           <t>с. Ярунь</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
           <t>вул. Миру, 44</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
           <t>04141 6 33 04</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
           <t>tzgnaeu@i.ua</t>
         </is>
       </c>
       <c r="R23" s="5" t="inlineStr">
         <is>
           <t>https://tzgnaeu.com</t>
         </is>
       </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
           <t>Євпак Юлія Ігорівна</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>