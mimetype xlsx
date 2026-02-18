--- v1 (2025-12-12)
+++ v2 (2026-02-18)
@@ -1297,61 +1297,61 @@
           <t>10003</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA18040190010115253</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Житомирська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
           <t>вул. Перемоги, 26</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(0412) 42 34 30</t>
+          <t>+38(041)-242-34-30</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
           <t>ztmaup@ukr.net</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
-          <t>maup.zt.ua/pro_koledz.php</t>
+          <t>fkzt.maup.com.ua</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
           <t>Карпюк Сергій Васильович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Бердичівський медичний фаховий коледж Житомирської обласної ради</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>380</v>
       </c>
       <c r="C13" s="6"/>