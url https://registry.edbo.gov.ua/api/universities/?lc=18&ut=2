--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -1186,160 +1186,160 @@
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>ПКСІД М.ЖИТОМИРА</t>
         </is>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="7"/>
       <c r="G12" s="6"/>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t>Міська рада</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>10014</t>
+          <t>10025</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA18040190010057814</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Житомирська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>майдан ІМ. С.П.КОРОЛЬОВА, 4/2</t>
+          <t>вул. Корольова, 132</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
           <t>+38(041)-248-45-95;</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
           <t>zvpusd@ukr.net</t>
         </is>
       </c>
       <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
           <t>Мосейчук Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Професійний коледж технічних інновацій міста Житомира</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>2500</v>
+        <v>7400</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t>ПКТІ м. Житомира</t>
         </is>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1953</v>
+        <v>2025</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
           <t>10009</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
-          <t>UA18040190010281147</t>
+          <t>UA18040190010057814</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Житомирська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
           <t>вул. Селецька, 5</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>(0412)482035; 098-494-87-67</t>
+          <t>+38(041)-248-20-35</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
           <t>ztcpto@gmail.com</t>
         </is>
       </c>
       <c r="R13" s="5" t="inlineStr">
         <is>
           <t>cpto.zt.ua</t>
         </is>
       </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
           <t>Перелигін Микола Миколайович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
@@ -1662,56 +1662,56 @@
           <t>м. Бердичів</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
           <t>вул. Шелушкова, 37</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
           <t>27109</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
           <t>mega-bmashbud@ukr.net</t>
         </is>
       </c>
       <c r="R17" s="5" t="inlineStr">
         <is>
           <t>ptu-4.com.ua</t>
         </is>
       </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Любченко Людмила Вікторівна</t>
+          <t>Харітончук Віталій Сергійович</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>Коростенська філія державного професійно-технічного навчального закладу "Житомирський навчальний центр №4"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
         <v>6835</v>
       </c>
       <c r="C18" s="6" t="n">
         <v>2610</v>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="E18" s="5"/>
       <c r="F18" s="7"/>
       <c r="G18" s="6"/>
@@ -2804,51 +2804,51 @@
           <t>с-ще Любар</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
           <t>вул. Райради, 6</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
           <t>+38(096) 576 99 14</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
           <t>lubar_liceu@ukr.net</t>
         </is>
       </c>
       <c r="R30" s="5" t="inlineStr">
         <is>
           <t>https://lubar-licei.org.ua/</t>
         </is>
       </c>
       <c r="S30" s="5" t="inlineStr">
         <is>
-          <t>тимчасово виконуючий обов'язки директора Любарського професійного ліцею</t>
+          <t>Виконуючий обов'язки директора Любарського професійного ліцею</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
           <t>Данилко Олександр Миколайович</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>ЛЮБАРСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
         <v>7158</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t>ЛЮБАРСЬКИЙ РСТК ТСО УКРАЇНИ</t>
         </is>
       </c>