--- v1 (2025-12-13)
+++ v2 (2026-03-28)
@@ -789,51 +789,51 @@
           <t>10025</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA18040190010281147</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Житомирська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Вітрука, 11</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>(0412) 33-30-20; 068-843-17-58</t>
+          <t>+38(041)-233-30-20</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>tty_nvc@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
           <t>ttu.zt.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Начальник</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Лазарєв Сергій Юрійович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
@@ -877,59 +877,63 @@
           <t>10014</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA18040190010057814</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Житомирська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Театральна, 17/20</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(0412) 22 29 79, 42 12 23</t>
+          <t>+38(041)-247-10-14; +38(041)-242-17-90;</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>nmc.zhytomyr@dsns.gov.ua</t>
         </is>
       </c>
-      <c r="R8" s="5"/>
+      <c r="R8" s="5" t="inlineStr">
+        <is>
+          <t>zt.mnc.dsns.gov.ua</t>
+        </is>
+      </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Начальник Центру</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Ситнік Денис Володимирович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Обласне комунальне підприємство "Обласний учбово-курсовий комбінат житлово-комунального господарства" Житомирської обласної ради</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>3607</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
@@ -1052,56 +1056,56 @@
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
           <t>вул. Велика Бердичівська, 13</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
           <t>041 247 19 92</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
           <t>info.fobos@gmail.com</t>
         </is>
       </c>
       <c r="R10" s="5"/>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>виконуючий обов'язки директора</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Герасимчук Дмитро Володимирович</t>
+          <t>Устименко Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Професійний коледж індустрії краси і технологій міста Житомира</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>2572</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>ПКІКіТ м. Житомира</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>MUNICIPAL INSTITUTION OF VOCATIONAL (VOCATION-TECHNICAL) EDUCATION "PROFESSIONAL COLLEGE OF THE BEAUTY INDUSTRY AND TECHNOLOGIES OF ZHYTOMYR" of Zhytomyr City Council</t>
         </is>
       </c>