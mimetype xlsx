--- v0 (2025-10-27)
+++ v1 (2026-02-10)
@@ -478,56 +478,56 @@
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Чуднівська, 103</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>(0412) 24-14-22</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>rector@ztu.edu.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>https://ztu.edu.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Євдокимов Віктор Валерійович</t>
+          <t>Олійник Оксана Вікторівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Житомирська філія Закладу вищої освіти «Київський інститут бізнесу та технологій» товариство з обмеженою відповідальністю</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>1413</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>289</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Житомирська філія Київського інституту бізнесу та технологій</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Zhytomyr branch of Higher education institution Kyiv Institute of Business and Technology LLC</t>
@@ -1034,51 +1034,51 @@
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
           <t>бульв. Старий, 7</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
           <t>(098)9925250</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
           <t>mail@polissiauniver.edu.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
           <t>http://www.polissiauniver.edu.ua/</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
           <t>Скидан Олег Васильович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Приватний вищий навчальний заклад Товариства сприяння обороні України "Коростенський технічний коледж"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>607</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t>ПВНЗ ТСОУ "КорТеК"</t>
         </is>
       </c>