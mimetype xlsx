--- v1 (2026-02-10)
+++ v2 (2026-03-30)
@@ -831,61 +831,61 @@
           <t>10003</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA18040190010115253</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Житомирська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Житомир</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Перемоги, 26</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>(0412) 42-34-30, (0412) 42-34-96</t>
+          <t>+38(041)-242-34-30</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>ztmaup@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>maup.zt.ua</t>
+          <t>zt.maup.com.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Карпюк Сергій Васильович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Житомирський медичний інститут Житомирської обласної ради</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>319</v>
       </c>
       <c r="C8" s="6"/>