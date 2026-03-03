--- v0 (2025-11-04)
+++ v1 (2026-03-03)
@@ -369,55 +369,63 @@
           <t>84122</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA14120210010032554</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Слов’янськ</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Науки, 2</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>+38(050)-085-63-26;</t>
-[...3 lines deleted...]
-      <c r="R2" s="5"/>
+          <t>+38(050)-085-63-26</t>
+        </is>
+      </c>
+      <c r="Q2" s="5" t="inlineStr">
+        <is>
+          <t>spal146@ukr.net</t>
+        </is>
+      </c>
+      <c r="R2" s="5" t="inlineStr">
+        <is>
+          <t>https://dnz146146.wixsite.com/my-site</t>
+        </is>
+      </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Гончаров Леонід Васильович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Слов'янський багатопрофільний регіональний центр професійної освіти імені П.Ф. Кривоноса</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>2091</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>