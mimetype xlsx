--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -630,56 +630,56 @@
         </is>
       </c>
       <c r="J5" s="5"/>
       <c r="K5" s="7" t="inlineStr">
         <is>
           <t>84333</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Краматорськ</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>вул. Шкадінова, 1</t>
+          <t>вул. Академічна, 1</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>(050)620-26-04</t>
+          <t>+38(050)-620-26-04</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>drmstktsou@gmail.com</t>
         </is>
       </c>
       <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Довбня Микола Вікторович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Краматорське вище професійне училище</t>