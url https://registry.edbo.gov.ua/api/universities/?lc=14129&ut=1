--- v0 (2025-10-29)
+++ v1 (2026-02-16)
@@ -555,71 +555,71 @@
           <t>84313</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Краматорськ</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Академічна, 72</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>+38 (0626) 41-68-09</t>
+          <t>+38(050)-035-15-37</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>dgma@dgma.donetsk.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>www.dgma.donetsk.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Ковальов Віктор Дмитрович</t>
+          <t>Томашевський Роман Сергійович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Приватний вищий навчальний заклад "Краматорський економіко-гуманітарний інститут"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>277</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>ПВНЗ "КЕГІ"</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t>Private Higher Educational Establishment "Kramatorsk Institute of Economics and Humanities"</t>
         </is>
       </c>