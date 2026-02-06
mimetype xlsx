--- v0 (2025-10-15)
+++ v1 (2026-02-06)
@@ -335,51 +335,51 @@
         <v>4365</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>297</v>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E2" s="5"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6"/>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>87500</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA14140050010029262</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Маріуполь</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Георгіївська, 69</t>