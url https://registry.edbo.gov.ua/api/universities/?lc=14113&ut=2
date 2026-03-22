--- v0 (2025-10-19)
+++ v1 (2026-03-22)
@@ -651,51 +651,51 @@
           <t>вул. Дарко, 14</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
           <t>+062(39)-603-58</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>MUPK1980@ukr.net</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>http://mupk1980.wixsite.com/mnvk</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Артюхова Олена Вікторівна</t>
+          <t>Куліненко Надія Василівна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>