--- v0 (2025-10-24)
+++ v1 (2026-03-26)
@@ -373,56 +373,56 @@
           <t>85200</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA14020110010025394</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Торецьк</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. ЄВГЕНА СЕДНЄВА, 3А</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(06247) 4-14-23,93645, +380501653556</t>
+          <t>+38(062)-474-14-23</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>miningteh@i.ua</t>
+          <t>miningteh2@gmail.com</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Дорошенко Вікторія Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>