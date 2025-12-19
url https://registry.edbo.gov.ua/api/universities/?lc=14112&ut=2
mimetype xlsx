--- v0 (2025-10-22)
+++ v1 (2025-12-19)
@@ -394,216 +394,216 @@
         <is>
           <t>in.vikt@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>tpl.org.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>директор Торецького професійного ліцею</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Чернобровкіна Інна Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Дзержинська автомобільна школа Товариства сприяння обороні України</t>
+          <t>Дзержинський навчальний центр №2</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>4238</v>
+        <v>4162</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>Дзержинська АШ ТСОУ</t>
+          <t>ДНЦ №2</t>
         </is>
       </c>
       <c r="E3" s="5"/>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J3" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Управління (головне управління) освіти і науки державної обласної адміністрації</t>
         </is>
       </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
-          <t>85203</t>
+          <t>85200</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA14020110010025394</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Торецьк</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>вул. Приймаченко Марії, 3</t>
+          <t>вул. Херсонська, -</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>+380(99)-498-87-48</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380(62)-473-72-19</t>
+        </is>
+      </c>
+      <c r="Q3" s="5"/>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Пономаренко Анжела Миколаївна</t>
-[...3 lines deleted...]
-      <c r="V3" s="5"/>
+          <t>Середа Денис Олександрович</t>
+        </is>
+      </c>
+      <c r="U3" s="8" t="n">
+        <v>44673</v>
+      </c>
+      <c r="V3" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Дзержинський навчальний центр №2</t>
+          <t>Торецька автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>4162</v>
+        <v>4238</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>ДНЦ №2</t>
+          <t>Торецька АШ ТСОУ</t>
         </is>
       </c>
       <c r="E4" s="5"/>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
-          <t>Управління (головне управління) освіти і науки державної обласної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K4" s="7" t="inlineStr">
         <is>
-          <t>85200</t>
+          <t>85203</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA14020110010025394</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Торецьк</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>вул. Херсонська, -</t>
+          <t>вул. Приймаченко Марії, 3</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>+380(62)-473-72-19</t>
-[...2 lines deleted...]
-      <c r="Q4" s="5"/>
+          <t>+380(99)-498-87-48</t>
+        </is>
+      </c>
+      <c r="Q4" s="5" t="inlineStr">
+        <is>
+          <t>angelaponomarenko74@gmail.com</t>
+        </is>
+      </c>
       <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Середа Денис Олександрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Пономаренко Анжела Миколаївна</t>
+        </is>
+      </c>
+      <c r="U4" s="8"/>
+      <c r="V4" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>