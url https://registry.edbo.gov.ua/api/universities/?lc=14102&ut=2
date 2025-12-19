--- v0 (2025-11-02)
+++ v1 (2025-12-19)
@@ -315,57 +315,57 @@
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
           <t>Авдіївське професійно-технічне училище</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>2369</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>АПТУ</t>
+          <t>Авдіївське ПТУ</t>
         </is>
       </c>
       <c r="E2" s="5"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>2000</v>
+        <v>1984</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>86060</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA14160010010073615</t>
         </is>