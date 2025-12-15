--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -2250,56 +2250,56 @@
           <t>м. Слов’янськ</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>вул. Центральна, 27</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
           <t>+380(50)626-39-33</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
           <t>sfkkai@ukr.net</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
           <t>sfknau.org.ua</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>Виконувач обов’язків начальника</t>
+          <t>В.о. начальника коледжу</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Лисак Тетяна Костянтинівна</t>
+          <t>Петроченко Олексій Вячеславович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Слов’янський фаховий коледж індустрії та фармації</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>760</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t>СФКІнФарм</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>Sloviansk Applied Collеge of industry and pharmacy</t>
         </is>
       </c>