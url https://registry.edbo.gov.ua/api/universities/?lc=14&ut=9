--- v1 (2025-12-15)
+++ v2 (2026-02-08)
@@ -3419,51 +3419,51 @@
           <t>85727</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
           <t>UA14040110040043804</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
           <t>с-ще Графське</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
           <t>вул. Алімова, 5</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>+38(050)-294-82-19</t>
+          <t>+38(050)-722-70-82</t>
         </is>
       </c>
       <c r="Q35" s="5" t="inlineStr">
         <is>
           <t>valk1843@ukr.net</t>
         </is>
       </c>
       <c r="R35" s="5"/>
       <c r="S35" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
           <t>Чугаєв Сергій Вікторович</t>
         </is>
       </c>
       <c r="U35" s="8"/>
       <c r="V35" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V35"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>