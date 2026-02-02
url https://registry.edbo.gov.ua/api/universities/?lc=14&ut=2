--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -759,57 +759,57 @@
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
           <t>Канделюк Олена Василівна</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Авдіївське професійно-технічне училище</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>2369</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>АПТУ</t>
+          <t>Авдіївське ПТУ</t>
         </is>
       </c>
       <c r="E7" s="5"/>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>2000</v>
+        <v>1984</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
           <t>86060</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA14160010010073615</t>
         </is>
@@ -1540,58 +1540,52 @@
       <c r="P15" s="5" t="inlineStr">
         <is>
           <t>(0626) 41-68-65, 41-68-71</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
           <t>doncpto@donocz.gov.ua</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
           <t>http://www.doncpto.com.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
           <t>Амельченко Руслан Євгенович</t>
         </is>
       </c>
-      <c r="U15" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U15" s="8"/>
+      <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Краматорське вище професійне металургійне училище"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
         <v>2195</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t>ДНЗ "Краматорське ВПМУ"</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>State Educational Institution "Kramatorsk Metallurgical higher vocational college"</t>
         </is>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
         <v>1984</v>
       </c>
@@ -1880,56 +1874,56 @@
         </is>
       </c>
       <c r="J19" s="5"/>
       <c r="K19" s="7" t="inlineStr">
         <is>
           <t>84333</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Краматорськ</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. Шкадінова, 1</t>
+          <t>вул. Академічна, 1</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>(050)620-26-04</t>
+          <t>+38(050)-620-26-04</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
           <t>drmstktsou@gmail.com</t>
         </is>
       </c>
       <c r="R19" s="5"/>
       <c r="S19" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
           <t>Довбня Микола Вікторович</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>Краматорське вище професійне училище</t>
@@ -4320,56 +4314,56 @@
           <t>м. Родинське</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
           <t>вул. Маяковського, 29</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
           <t>0623534122</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
           <t>licey80@i.ua</t>
         </is>
       </c>
       <c r="R46" s="5" t="inlineStr">
         <is>
           <t>RPL80.org.ua</t>
         </is>
       </c>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Колобов Олександр Сергійович</t>
+          <t>Подолець Ганна Олександрівна</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>Селидівський професійний ліцей</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
         <v>1910</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <t>Селидівський ПЛ</t>
         </is>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="7"/>
       <c r="G47" s="6" t="n">
         <v>1971</v>
       </c>
@@ -4594,216 +4588,216 @@
         <is>
           <t>sbrcpo@ukr.net</t>
         </is>
       </c>
       <c r="R49" s="5" t="inlineStr">
         <is>
           <t>http://sbrcpo.osv.org.ua/</t>
         </is>
       </c>
       <c r="S49" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
           <t>Гусейнов Самандар Надир огли</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Дзержинська автомобільна школа Товариства сприяння обороні України</t>
+          <t>Дзержинський навчальний центр №2</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>4238</v>
+        <v>4162</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>Дзержинська АШ ТСОУ</t>
+          <t>ДНЦ №2</t>
         </is>
       </c>
       <c r="E50" s="5"/>
       <c r="F50" s="7"/>
       <c r="G50" s="6" t="n">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Управління (головне управління) освіти і науки державної обласної адміністрації</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>85203</t>
+          <t>85200</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
           <t>UA14020110010025394</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>м. Торецьк</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Приймаченко Марії, 3</t>
+          <t>вул. Херсонська, -</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>+380(99)-498-87-48</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380(62)-473-72-19</t>
+        </is>
+      </c>
+      <c r="Q50" s="5"/>
       <c r="R50" s="5"/>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Пономаренко Анжела Миколаївна</t>
-[...3 lines deleted...]
-      <c r="V50" s="5"/>
+          <t>Середа Денис Олександрович</t>
+        </is>
+      </c>
+      <c r="U50" s="8" t="n">
+        <v>44673</v>
+      </c>
+      <c r="V50" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Дзержинський навчальний центр №2</t>
+          <t>Торецька автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>4162</v>
+        <v>4238</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>ДНЦ №2</t>
+          <t>Торецька АШ ТСОУ</t>
         </is>
       </c>
       <c r="E51" s="5"/>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
-          <t>Управління (головне управління) освіти і науки державної обласної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>85200</t>
+          <t>85203</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
           <t>UA14020110010025394</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Торецьк</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Херсонська, -</t>
+          <t>вул. Приймаченко Марії, 3</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>+380(62)-473-72-19</t>
-[...2 lines deleted...]
-      <c r="Q51" s="5"/>
+          <t>+380(99)-498-87-48</t>
+        </is>
+      </c>
+      <c r="Q51" s="5" t="inlineStr">
+        <is>
+          <t>angelaponomarenko74@gmail.com</t>
+        </is>
+      </c>
       <c r="R51" s="5"/>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Середа Денис Олександрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Пономаренко Анжела Миколаївна</t>
+        </is>
+      </c>
+      <c r="U51" s="8"/>
+      <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>Волноваське професійно-технічне училище</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
         <v>2052</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <t>Волноваське ПТУ</t>
         </is>
       </c>
       <c r="E52" s="5"/>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
         <v>1948</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -5170,56 +5164,56 @@
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
           <t>с-ще Олександрівка</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
           <t>вул. Івана Франка, 3</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
           <t>+380626921735; +380626921541;</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
           <t>opal148@ukr.net</t>
         </is>
       </c>
       <c r="R56" s="5"/>
       <c r="S56" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Гончаров Петро Степанович</t>
+          <t>Оганов Данило Едуардович</t>
         </is>
       </c>
       <c r="U56" s="8"/>
       <c r="V56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>ДЕРЖАВНЕ ПІДПРИЄМСТВО "АРТЕМСІЛЬ"</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
         <v>4320</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <t>ДП "АРТЕМСІЛЬ"</t>
         </is>
       </c>
       <c r="E57" s="5"/>
       <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
         <v>1994</v>
       </c>