--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -517,51 +517,51 @@
         <v>4365</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>297</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E4" s="5"/>
       <c r="F4" s="7"/>
       <c r="G4" s="6"/>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K4" s="7" t="inlineStr">
         <is>
           <t>87500</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA14140050010029262</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Маріуполь</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Георгіївська, 69</t>
@@ -1193,71 +1193,71 @@
           <t>84313</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Краматорськ</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
           <t>вул. Академічна, 72</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>+38 (0626) 41-68-09</t>
+          <t>+38(050)-035-15-37</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>dgma@dgma.donetsk.ua</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
           <t>www.dgma.donetsk.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Ковальов Віктор Дмитрович</t>
+          <t>Томашевський Роман Сергійович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Приватний вищий навчальний заклад "Краматорський економіко-гуманітарний інститут"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>277</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>ПВНЗ "КЕГІ"</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>Private Higher Educational Establishment "Kramatorsk Institute of Economics and Humanities"</t>
         </is>
       </c>