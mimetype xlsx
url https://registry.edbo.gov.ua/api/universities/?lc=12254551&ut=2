--- v0 (2025-12-01)
+++ v1 (2026-02-02)
@@ -369,63 +369,59 @@
           <t>53500</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA12080130010022918</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с-ще Томаківка</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Шосейна, 10</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>+38(056)-682-23-98</t>
+          <t>+38(096)-817-09-67;</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>tpal78@i.ua</t>
         </is>
       </c>
-      <c r="R2" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Філь Валерій Анатолійович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 