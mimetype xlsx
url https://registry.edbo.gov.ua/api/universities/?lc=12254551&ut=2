--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -380,51 +380,51 @@
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с-ще Томаківка</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Шосейна, 10</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>+38(096)-817-09-67;</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>tpal78@i.ua</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Філь Валерій Анатолійович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>