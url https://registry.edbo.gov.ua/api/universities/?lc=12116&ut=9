--- v0 (2025-10-30)
+++ v1 (2026-01-27)
@@ -568,51 +568,51 @@
           <t>м. Нікополь</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Херсонська, 5</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>+380953909335</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>nikmeduch@gmail.com</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>https://nmk.ukr.education/</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Євтушенко Євген Вячеславович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Нікопольський фаховий педагогічний коледж" Дніпропетровської обласної ради "</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>3913</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>КЗ "Нікопольський фаховий педагогічний коледж" ДОР"</t>
         </is>
       </c>
@@ -660,51 +660,51 @@
           <t>м. Нікополь</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>вул. Станіславського, 7</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
           <t>+38 066 2710553</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>kvnz_npk_@ukr.net</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>www.kvnznfpkdor.in.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Крамаренко Любов Іванівна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>