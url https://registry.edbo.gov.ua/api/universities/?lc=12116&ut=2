--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -365,63 +365,59 @@
           <t>53213</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Нікополь</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>просп. Трубників, 16</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>+380(50)-516-71-60</t>
+          <t>+38(066)-271-07-46;</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>npl-42@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>npl02@ukr.net</t>
+        </is>
+      </c>
+      <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Веретеніна Олена Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад освіти "Нікопольський центр професійної освіти" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>6867</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>