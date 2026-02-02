--- v1 (2025-12-16)
+++ v2 (2026-02-02)
@@ -365,59 +365,63 @@
           <t>53213</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Нікополь</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>просп. Трубників, 16</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>+38(066)-271-07-46;</t>
+          <t>+38(066)-271-07-46</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>npl02@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R2" s="5"/>
+          <t>npl-42@ukr.net</t>
+        </is>
+      </c>
+      <c r="R2" s="5" t="inlineStr">
+        <is>
+          <t>nikopolproflicey.com.ua</t>
+        </is>
+      </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Веретеніна Олена Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад освіти "Нікопольський центр професійної освіти" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>6867</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>