--- v0 (2025-10-26)
+++ v1 (2026-02-12)
@@ -370,56 +370,56 @@
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>53409</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA12080010010085669</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Марганець</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>вул. Лермонтова, 8</t>
+          <t>вул. Незалежності, 8</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>+38 (066) 720-38-45</t>
+          <t>+38(066)-720-38-45</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>mgkngu@gmail.com</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>mkngu.in.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Мажорова Наталя Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>