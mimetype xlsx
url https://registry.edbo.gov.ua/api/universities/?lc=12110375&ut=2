--- v0 (2025-10-14)
+++ v1 (2026-01-30)
@@ -556,58 +556,52 @@
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Кобилянського, 197, квартира 27</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>+380564511122, +380564511233</t>
         </is>
       </c>
       <c r="Q4" s="5"/>
       <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5"/>
-      <c r="U4" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U4" s="8"/>
+      <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Приватний професійно-технічний навчальний заклад "Автотехшкола"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>3061</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>ППТНЗ "Автотехшкола"</t>
         </is>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>