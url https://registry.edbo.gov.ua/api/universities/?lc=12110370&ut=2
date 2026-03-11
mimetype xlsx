--- v0 (2025-11-08)
+++ v1 (2026-03-11)
@@ -539,63 +539,55 @@
           <t>50036</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Бикова, 13</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>0968185359</t>
-[...11 lines deleted...]
-      </c>
+          <t>+380962644783; +380975053487;</t>
+        </is>
+      </c>
+      <c r="Q4" s="5"/>
+      <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Дремлюга Олександр Олександрович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Криворізький професійний ліцей</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>2207</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>