--- v0 (2025-10-24)
+++ v1 (2026-02-13)
@@ -390,51 +390,51 @@
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Кармелюка, 33</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>0673152930</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>pkknu@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://politktu.dp.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Кутова Наталя Геннадіївна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Інгулецький фаховий коледж Криворізького національного університету"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>533</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>919</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ВСП "Інгулецький ФК КНУ"</t>
@@ -468,76 +468,76 @@
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
           <t>50102</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>вул. Каткова, 8</t>
+          <t>вул. Міхновського Миколи, 8</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>(097)-85-88-904</t>
+          <t>+38(068)-801-88-08</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>icdvnzknu@gmail.com</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>icsihe.knu.edu.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Шолох Алла Миколаївна</t>
+          <t>Ус Микола Миколайович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>