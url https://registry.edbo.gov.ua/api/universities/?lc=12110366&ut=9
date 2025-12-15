--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -390,51 +390,51 @@
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Едуарда Фукса, 26А</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(056) 411-50-07</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>atkknu@gmail.com</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>https://atkknu.com.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Дубінецький Володимир Володимирович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Гірничий фаховий коледж Криворізького національного університету"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>433</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>919</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ВСП "ГФК КНУ"</t>