--- v1 (2025-12-15)
+++ v2 (2026-03-10)
@@ -390,56 +390,56 @@
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Едуарда Фукса, 26А</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(056) 411-50-07</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>atkknu@gmail.com</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>https://atkknu.com.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Дубінецький Володимир Володимирович</t>
+          <t>Захарченко Михайло Борисович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Гірничий фаховий коледж Криворізького національного університету"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>433</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>919</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ВСП "ГФК КНУ"</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Separate structural subdivision "Mining Technical College of Kryvyi Rih National University"</t>
@@ -488,56 +488,56 @@
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Захисників Азовсталі, 3</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>+38-068-485-57-99</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>kgt@kgt.dp.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>www.kgt.dp.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Посохов Олександр Ізотович</t>
+          <t>Богдан Ірина Вікторівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Гірничо-електромеханічний фаховий коледж Криворізького національного університету"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>595</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>919</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ВСП "ГЕМФК КНУ"</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Separate structural unit "Mining electro-mechanical applied college of Kryvyi Rih National University"</t>