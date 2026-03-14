--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -329,51 +329,51 @@
       <c r="A2" s="5" t="inlineStr">
         <is>
           <t>Державний заклад професійної (професійно-технічної) освіти зі специфічними умовами навчання «Криворізька академія патрульної поліції»</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>5703</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>Криворізька академія патрульної поліції</t>
         </is>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
           <t>STATE INSTITUTIONAL OF VOCATIONAL (VOCATIONAL AND TECHNICAL) EDUCATION WITH SPECIFIC TRAINING CONDITIONS «KRYVYI RIH ACADEMY OF PATROL POLICE»</t>
         </is>
       </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
         <v>2019</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
           <t>Національна поліція України</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>50106</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>