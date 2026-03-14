--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -365,63 +365,59 @@
           <t>50051</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Вітчизни, 9</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(0564) 94-81-11</t>
+          <t>+38 0564 62 80 85; +38 0564 62 81 87;</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>krivbasbudkrrog@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>uchbuh@ukr.net</t>
+        </is>
+      </c>
+      <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Єршков Дмитро Петрович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>КРИВОРІЗЬКА ФІЛІЯ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ГАЗОРОЗПОДІЛЬНІ МЕРЕЖІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>6904</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>6833</v>
       </c>
@@ -462,51 +458,51 @@
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>просп. Металургів, 1</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>(067)379-06-32</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>ok.titarenko@qrmu.com.ua</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>виконуючий обов'язки директор</t>
+          <t>виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Стегній Богдан Станіславович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Центр підготовки і перепідготовки робітничих кадрів № 1 м. Кривий Ріг</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>2221</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ЦППРК № 1 м. Кривий Ріг</t>
         </is>
       </c>