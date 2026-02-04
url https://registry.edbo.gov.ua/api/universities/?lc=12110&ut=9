--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -957,66 +957,66 @@
           <t>50102</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Міхновського Миколи, 8</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>+38(097)-858-89-04</t>
+          <t>+38(068)-801-88-08</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>icdvnzknu@gmail.com</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>icsihe.knu.edu.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Ус Микола Миколайович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Технологічний фаховий коледж Державного університету економіки і технологій"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>7184</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>5707</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>ВСП ТФК ДУЕТ</t>