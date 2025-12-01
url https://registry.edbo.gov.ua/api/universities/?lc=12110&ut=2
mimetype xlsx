--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -2151,51 +2151,51 @@
           <t>вул. Рудна, 47</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
           <t>+380(56)-407-63-11</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
           <t>info@ingok.com.ua</t>
         </is>
       </c>
       <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Гениральний директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
           <t>Герасимчук Олександр Миколайович</t>
         </is>
       </c>
       <c r="U22" s="8" t="n">
-        <v>45793</v>
+        <v>45982</v>
       </c>
       <c r="V22" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Приватне акціонерне товариство "Криворізький завод гірничого обладнання"</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>4328</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t>АТ "КОРУМ КРИВОРІЗЬКИЙ ЗАВОД ГІРНИЧОГО ОБЛАДНАННЯ"</t>
         </is>
       </c>
       <c r="E23" s="5"/>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
@@ -2648,58 +2648,52 @@
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
           <t>вул. Кобилянського, 197, квартира 27</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
           <t>+380564511122, +380564511233</t>
         </is>
       </c>
       <c r="Q28" s="5"/>
       <c r="R28" s="5"/>
       <c r="S28" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T28" s="5"/>
-      <c r="U28" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U28" s="8"/>
+      <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>Приватний професійно-технічний навчальний заклад "Автотехшкола"</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
         <v>3061</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <t>ППТНЗ "Автотехшкола"</t>
         </is>
       </c>
       <c r="E29" s="5"/>
       <c r="F29" s="7"/>
       <c r="G29" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>