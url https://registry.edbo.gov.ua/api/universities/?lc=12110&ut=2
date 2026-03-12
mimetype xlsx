--- v1 (2025-12-01)
+++ v2 (2026-03-12)
@@ -509,51 +509,51 @@
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Державний заклад професійної (професійно-технічної) освіти зі специфічними умовами навчання «Криворізька академія патрульної поліції»</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>5703</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Криворізька академія патрульної поліції</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>STATE INSTITUTIONAL OF VOCATIONAL (VOCATIONAL AND TECHNICAL) EDUCATION WITH SPECIFIC TRAINING CONDITIONS «KRYVYI RIH ACADEMY OF PATROL POLICE»</t>
         </is>
       </c>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
         <v>2019</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t>Національна поліція України</t>
         </is>
       </c>
       <c r="K4" s="7" t="inlineStr">
         <is>
           <t>50106</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
@@ -770,51 +770,55 @@
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
           <t>Горб Григорій Григорович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Криворізький навчально-виробничий центр"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>2127</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t>ДПТНЗ "КНВЦ"</t>
         </is>
       </c>
-      <c r="E7" s="5"/>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t>State Vocational and Technical Educational Institution "Kryvyi Rih Training and Production Center"</t>
+        </is>
+      </c>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
         <v>1974</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
           <t>50106</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
@@ -1081,63 +1085,59 @@
           <t>50051</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
           <t>вул. Вітчизни, 9</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>(0564) 94-81-11</t>
+          <t>+38 0564 62 80 85; +38 0564 62 81 87;</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>krivbasbudkrrog@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>uchbuh@ukr.net</t>
+        </is>
+      </c>
+      <c r="R10" s="5"/>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Єршков Дмитро Петрович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Комунальне підприємство "Навчально-виробничий центр" Дніпропетровської обласної ради</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>4146</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
@@ -1618,51 +1618,51 @@
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
           <t>просп. Металургів, 1</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
           <t>(067)379-06-32</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
           <t>ok.titarenko@qrmu.com.ua</t>
         </is>
       </c>
       <c r="R16" s="5"/>
       <c r="S16" s="5" t="inlineStr">
         <is>
-          <t>виконуючий обов'язки директор</t>
+          <t>виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
           <t>Стегній Богдан Станіславович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Криворізький навчальний центр №80</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>4017</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
@@ -1775,63 +1775,55 @@
           <t>50036</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
           <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
           <t>вул. Бикова, 13</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>0968185359</t>
-[...11 lines deleted...]
-      </c>
+          <t>+380962644783; +380975053487;</t>
+        </is>
+      </c>
+      <c r="Q18" s="5"/>
+      <c r="R18" s="5"/>
       <c r="S18" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
           <t>Дремлюга Олександр Олександрович</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>Криворізький професійний ліцей</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
         <v>2207</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>