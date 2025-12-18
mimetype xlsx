--- v0 (2025-10-29)
+++ v1 (2025-12-18)
@@ -378,56 +378,56 @@
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Вітчизни, 5</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>+380(56)-462-03-83</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>rphc_dp@statinfo.com.ua</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Завідувач</t>
+          <t>Виконуюча обов'язки завідувача</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Гонта Валентина Василівна</t>
+          <t>Бушинська Ірина Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>