--- v1 (2025-12-18)
+++ v2 (2026-02-22)
@@ -306,62 +306,62 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "КРИВОРІЗЬКИЙ НАВЧАЛЬНО-КОНСУЛЬТАЦІЙНИЙ ЦЕНТР" КОМУНАЛЬНОГО ПІДПРИЄМСТВА "ДНІПРОПЕТРОВСЬКИЙ ОБЛАСНИЙ ІНФОРМАЦІЙНО-АНАЛІТИЧНИЙ ЦЕНТР МЕДИЧНОЇ СТАТИСТИКИ" ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ"</t>
+          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ «КРИВОРІЗЬКИЙ НАВЧАЛЬНО-КОНСУЛЬТАЦІЙНИЙ ЦЕНТР» КОМУНАЛЬНОГО НЕКОМЕРЦІЙНОГО ТОВАРИСТВА «ДНІПРОПЕТРОВСЬКИЙ ОБЛАСНИЙ ІНФОРМАЦІЙНО-АНАЛІТИЧНИЙ ЦЕНТР МЕДИЧНОЇ СТАТИСТИКИ» ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ»</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>6461</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>5755</v>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>ВСП "КНКЦ" КП "ДОІАЦМС" ДОР"</t>
+          <t>ВСП «КНКЦ» КНТ «ДОІАЦМС» ДОР»</t>
         </is>
       </c>
       <c r="E2" s="5"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
         <v>2021</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад післядипломної освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>50051</t>