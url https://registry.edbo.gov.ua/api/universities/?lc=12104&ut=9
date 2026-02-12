--- v0 (2025-10-23)
+++ v1 (2026-02-12)
@@ -833,66 +833,66 @@
           <t>51909</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA12040150010395824</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Малофєєва Олександра, 89</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>(05692)7-01-04</t>
+          <t>+38(097)-050-75-87</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>dkfv1930@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
           <t>dkfv.dp.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>В.О директора</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Говоруха Олена Олексіївна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад «Кам’янський фаховий музичний коледж імені Мирослава Скорика» Дніпропетровської обласної ради»</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>574</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t>КЗ "КФМК ім. М. СКОРИКА" ДОР"</t>
         </is>
       </c>