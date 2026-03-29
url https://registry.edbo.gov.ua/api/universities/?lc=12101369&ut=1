--- v0 (2025-10-15)
+++ v1 (2026-03-29)
@@ -388,51 +388,51 @@
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Сергія Єфремова, 25</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(056) 371 08 21</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>info@dsau.dp.ua, vstup@dsau.dp.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://www.dsau.dp.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Кобець Анатолій Степанович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Дніпровський державний університет внутрішніх справ</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>209</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ДДУВС</t>
         </is>
       </c>