--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$26</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$25</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V26"/>
+  <dimension ref="A1:V25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -480,51 +480,51 @@
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>просп. Богдана Хмельницького, 49 А</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>+380(56)-785-04-97</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>dkebdnu@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>college-business.dp.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Мельник Тетяна Павлівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Автотранспортний фаховий коледж Національного технічного університету "Дніпровська політехніка"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>939</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>36</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ВСП "Автотранспортний фаховий коледж НТУ "ДП"</t>
@@ -686,1985 +686,1891 @@
         <is>
           <t>mc-dnu@ua.fm</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>http:\\www.mcdnu.dp.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Черніков Сергій Іванович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Сєвєродонецький політехнічний фаховий коледж Східноукраїнського національного університету імені Володимира Даля"</t>
+          <t>Відокремлений структурний підрозділ "Технологічний фаховий коледж Дніпровського державного аграрно-економічного університету"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>1028</v>
+        <v>1061</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>ВСП "СПФК СНУ ім. В.Даля"</t>
+          <t>ВСП "ТФК ДДАЕУ"</t>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
-          <t>Independent department "Severodonetsk Applied College of Technology of Volodymyr Dahl Eastukrainian National University"</t>
+          <t>SEPARATE STRUCTURAL SUBDIVISION "TECHNOLOGICAL APPLIED COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY"</t>
         </is>
       </c>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
-        <v>1962</v>
+        <v>2000</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>просп. Науки, 72</t>
+          <t>просп. Дмитра Яворницького, 76</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>095-824-51-35</t>
+          <t>+38-068-253-82-13</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>shmt_snu@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>tfcddaey@ukr.net</t>
+        </is>
+      </c>
+      <c r="R6" s="5"/>
       <c r="S6" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>в. о. директора</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Жученко Євген Володимирович</t>
+          <t>Авраменко Олександр Іванович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Технологічний фаховий коледж Дніпровського державного аграрно-економічного університету"</t>
+          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "ФАХОВИЙ КОЛЕДЖ ЕЛЕКТРИФІКАЦІЇ ДНІПРОВСЬКОГО ДЕРЖАВНОГО АГРАРНО-ЕКОНОМІЧНОГО УНІВЕРСИТЕТУ"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>1061</v>
+        <v>564</v>
       </c>
       <c r="C7" s="6" t="n">
         <v>80</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ТФК ДДАЕУ"</t>
+          <t>ВСП ФКЕ ДДАЕУ</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
-          <t>SEPARATE STRUCTURAL SUBDIVISION "TECHNOLOGICAL APPLIED COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY"</t>
+          <t>SEPARATE STRUCTURAL DIVISION «APPLIED ELECTRIFICATION COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY»</t>
         </is>
       </c>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>2000</v>
+        <v>1921</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49010</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010512802</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>просп. Дмитра Яворницького, 76</t>
+          <t>просп. Гагаріна, 95</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>+38-068-253-82-13</t>
+          <t>(056)720-92-92</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>tfcddaey@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R7" s="5"/>
+          <t>keddaeu@gmail.com</t>
+        </is>
+      </c>
+      <c r="R7" s="5" t="inlineStr">
+        <is>
+          <t>keddau.dp.ua</t>
+        </is>
+      </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>в. о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Авраменко Олександр Іванович</t>
+          <t>Цоколенко Микола Петрович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "ФАХОВИЙ КОЛЕДЖ ЕЛЕКТРИФІКАЦІЇ ДНІПРОВСЬКОГО ДЕРЖАВНОГО АГРАРНО-ЕКОНОМІЧНОГО УНІВЕРСИТЕТУ"</t>
+          <t>Відокремлений структурний підрозділ "Фаховий коледж Українського державного університету науки і технологій"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>564</v>
+        <v>6514</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>80</v>
+        <v>6507</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>ВСП ФКЕ ДДАЕУ</t>
+          <t>ВСП «Фаховий коледж УДУНТ»</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
-          <t>SEPARATE STRUCTURAL DIVISION «APPLIED ELECTRIFICATION COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY»</t>
+          <t>Separated structural unit «Professional college of the Ukrainian State University of Science and Technologies»</t>
         </is>
       </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>1921</v>
+        <v>2021</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>49010</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010512802</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>просп. Гагаріна, 95</t>
+          <t>вул. Мічуріна, 2Б</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(056)720-92-92</t>
+          <t>098-536-20-99</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>keddaeu@gmail.com</t>
+          <t>knmetau1@gmail.com</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>keddau.dp.ua</t>
+          <t>https://www.collegeudunt.net/</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Цоколенко Микола Петрович</t>
+          <t>Савченко Герман Георгійович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Фаховий коледж Українського державного університету науки і технологій"</t>
+          <t>Відокремлений структурний підрозділ "Фаховий музичний коледж" комунального закладу вищої освіти "Дніпровська академія музики" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>6514</v>
+        <v>3083</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>6507</v>
+        <v>1265</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>ВСП «Фаховий коледж УДУНТ»</t>
+          <t>Фаховий музичний коледж Дніпровської академії музики</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>Separated structural unit «Professional college of the Ukrainian State University of Science and Technologies»</t>
+          <t>Separate Organization Unit "Professional Music College” of the Communal Institution of Higher Education "Dnipro Academy of Music" of Dnipropetrovsk Regional Council</t>
         </is>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49044</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010512802</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Мічуріна, 2Б</t>
+          <t>вул. Ливарна, 10</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>098-536-20-99</t>
+          <t>(056)720-92-77; (056)720-92-78</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>knmetau1@gmail.com</t>
+          <t>dkdpua@gmail.com; academyglinka@meta.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>https://www.collegeudunt.net/</t>
+          <t>www.dk.dp.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Савченко Герман Георгійович</t>
+          <t>Потоцька Олена Вікторівна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Фаховий музичний коледж" комунального закладу вищої освіти "Дніпровська академія музики" Дніпропетровської обласної ради"</t>
+          <t>Дніпровський індустріальний фаховий коледж</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>3083</v>
-[...3 lines deleted...]
-      </c>
+        <v>475</v>
+      </c>
+      <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>Фаховий музичний коледж Дніпровської академії музики</t>
+          <t>ДІФК</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
-          <t>Separate Organization Unit "Professional Music College” of the Communal Institution of Higher Education "Dnipro Academy of Music" of Dnipropetrovsk Regional Council</t>
+          <t>Dnipro Industrial Professional College</t>
         </is>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>2015</v>
+        <v>1936</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J10" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>49044</t>
+          <t>49064</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010512802</t>
+          <t>UA12020010010350200</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. Ливарна, 10</t>
+          <t>просп. Сергія Нігояна, 55</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>(056)720-92-77; (056)720-92-78</t>
+          <t>(056)720-32-60</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>dkdpua@gmail.com; academyglinka@meta.ua</t>
+          <t>dint@ua.fm</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>www.dk.dp.ua</t>
+          <t>www.inc.dp.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Потоцька Олена Вікторівна</t>
+          <t>Лагун Віктор Михайлович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський індустріальний фаховий коледж</t>
+          <t>Дніпровський індустріально-педагогічний фаховий коледж</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>ДІФК</t>
+          <t>ДІПФК</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Industrial Professional College</t>
+          <t>Dnipro Industrial Pedagogical Professional Pre-Higher College</t>
         </is>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
-        <v>1936</v>
+        <v>1961</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
           <t>49064</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA12020010010350200</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>просп. Сергія Нігояна, 55</t>
+          <t>вул. Володимира Івасюка, 51</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>(056)720-32-60</t>
+          <t>(098)-831-79-76; (063)-796-06-26; (056) 372-39-66</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>dint@ua.fm</t>
+          <t>dipt.dp.ua@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
-          <t>www.inc.dp.ua</t>
+          <t>www.dipt.dp.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Лагун Віктор Михайлович</t>
+          <t>Петков Валерій Захарович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський індустріально-педагогічний фаховий коледж</t>
+          <t>Дніпровський політехнічний фаховий коледж</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>476</v>
+        <v>449</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ДІПФК</t>
+          <t>ДПФК</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Industrial Pedagogical Professional Pre-Higher College</t>
+          <t>Dnipro Polytechnic Professional Applied College</t>
         </is>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>1961</v>
+        <v>1930</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
           <t>49064</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA12020010010350200</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Володимира Івасюка, 51</t>
+          <t>просп. Івана Мазепи, 38</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(098)-831-79-76; (063)-796-06-26; (056) 372-39-66</t>
+          <t>+380954112779</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>dipt.dp.ua@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dpk1930@ukr.net</t>
+        </is>
+      </c>
+      <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Петков Валерій Захарович</t>
+          <t>Липчак Василь Васильович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський політехнічний фаховий коледж</t>
+          <t>Дніпровський технолого-економічний фаховий коледж</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>ДПФК</t>
+          <t>ДТЕФК</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Polytechnic Professional Applied College</t>
+          <t>Dnipro Technology and Economics Applied College</t>
         </is>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1930</v>
+        <v>1962</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
           <t>49064</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010350200</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>просп. Івана Мазепи, 38</t>
+          <t>вул. Авіаційна, 33</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>+380954112779</t>
+          <t>0567209480</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>dpk1930@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R13" s="5"/>
+          <t>dvnzdtek@gmail.com</t>
+        </is>
+      </c>
+      <c r="R13" s="5" t="inlineStr">
+        <is>
+          <t>www.dtek.dp.ua</t>
+        </is>
+      </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Липчак Василь Васильович</t>
+          <t>Карпов Віктор Намінович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський технолого-економічний фаховий коледж</t>
+          <t>Дніпровський транспортно-економічний фаховий коледж</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <t>ДТЕФК</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Technology and Economics Applied College</t>
+          <t>Dnipro Applied College of Transport and Economics</t>
         </is>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>1962</v>
+        <v>1955</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>49064</t>
+          <t>49041</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Авіаційна, 33</t>
+          <t>вул. Технічна, 4</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>0567209480</t>
+          <t>(093) 971-41-00</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>dvnzdtek@gmail.com</t>
+          <t>dtret1@ukr.net</t>
         </is>
       </c>
       <c r="R14" s="5" t="inlineStr">
         <is>
-          <t>www.dtek.dp.ua</t>
+          <t>www.dtrek.dp.ua</t>
         </is>
       </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Карпов Віктор Намінович</t>
+          <t>Дашко Вадим Васильович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський транспортно-економічний фаховий коледж</t>
+          <t>Дніпровський фаховий коледж будівельно-монтажних технологій та архітектури</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>460</v>
+        <v>478</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>ДТЕФК</t>
+          <t>ДФКБМТА</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Applied College of Transport and Economics</t>
+          <t>Dnipro Applied College of Building and Mounting Technologies and Architecture</t>
         </is>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
-        <v>1955</v>
+        <v>1945</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>49041</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>вул. Технічна, 4</t>
+          <t>вул. Столярова, 8</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>(093) 971-41-00</t>
+          <t>(056) 745 00 95</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>dtret1@ukr.net</t>
+          <t>dnmont@gmail.com</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
-          <t>www.dtrek.dp.ua</t>
+          <t>dnmont.dp.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Дашко Вадим Васильович</t>
+          <t>Ватагіна Вероніка Василівна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський фаховий коледж будівельно-монтажних технологій та архітектури</t>
+          <t>Дніпровський фаховий коледж енергетичних та інформаційних технологій</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>478</v>
+        <v>719</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>ДФКБМТА</t>
+          <t>ДФКЕІТ</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Applied College of Building and Mounting Technologies and Architecture</t>
+          <t>Dnipro Applied College of Energy and Information Technologies</t>
         </is>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>1945</v>
+        <v>1956</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J16" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49127</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010475293</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Столярова, 8</t>
+          <t>вул. Каденюка Леоніда, 6 Б</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>(056) 745 00 95</t>
+          <t>(056) 785 92 38 (приймальна директора), (093) 700 56 78 (приймальна комісія)</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>dnmont@gmail.com</t>
+          <t>ddteit.2020@gmail.com</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
-          <t>dnmont.dp.ua</t>
+          <t>ddteit.dp.ua</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Ватагіна Вероніка Василівна</t>
+          <t>Федько Анжеліка Володимирівна</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський фаховий коледж енергетичних та інформаційних технологій</t>
+          <t>Дніпровський фаховий коледж залізничного транспорту та транспортної інфраструктури</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>719</v>
+        <v>481</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>ДФКЕІТ</t>
+          <t>ДФКЗТТІ</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Applied College of Energy and Information Technologies</t>
+          <t>Dniprovskiy applied college of railway transport and transport infrastructure</t>
         </is>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
-        <v>1956</v>
+        <v>1902</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J17" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>49127</t>
+          <t>49006</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010475293</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Каденюка Леоніда, 6 Б</t>
+          <t>просп. Лесі Українки, 77-а</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>(056) 785 92 38 (приймальна директора), (093) 700 56 78 (приймальна комісія)</t>
+          <t>0567932699</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>ddteit.2020@gmail.com</t>
+          <t>dkztti@gmail.com</t>
         </is>
       </c>
       <c r="R17" s="5" t="inlineStr">
         <is>
-          <t>ddteit.dp.ua</t>
+          <t>www.dkztti.dp.ua</t>
         </is>
       </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Директор коледжу</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Федько Анжеліка Володимирівна</t>
+          <t>Павленко Ігор Петрович</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський фаховий коледж залізничного транспорту та транспортної інфраструктури</t>
+          <t>"Дніпровський фаховий коледж Київського університету культури"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="C18" s="6"/>
+        <v>1552</v>
+      </c>
+      <c r="C18" s="6" t="n">
+        <v>310</v>
+      </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>ДФКЗТТІ</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>Dniprovskiy applied college of railway transport and transport infrastructure</t>
+          <t>Dnipro Professional College of Kyiv University of Culture</t>
         </is>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="6" t="n">
-        <v>1902</v>
+        <v>2000</v>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J18" s="5"/>
       <c r="K18" s="7" t="inlineStr">
         <is>
-          <t>49006</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
-          <t>просп. Лесі Українки, 77-а</t>
+          <t>вул. Михайла Грушевського, 9</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>0567932699</t>
+          <t>(044)2846404,0567444623</t>
         </is>
       </c>
       <c r="Q18" s="5" t="inlineStr">
         <is>
-          <t>dkztti@gmail.com</t>
+          <t>kuk_kiev@ukr.net</t>
         </is>
       </c>
       <c r="R18" s="5" t="inlineStr">
         <is>
-          <t>www.dkztti.dp.ua</t>
+          <t>https://kuk.edu.ua/</t>
         </is>
       </c>
       <c r="S18" s="5" t="inlineStr">
         <is>
-          <t>Директор коледжу</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Павленко Ігор Петрович</t>
+          <t>Рибчук Лариса Анатоліївна</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>"Дніпровський фаховий коледж Київського університету культури"</t>
+          <t>Дніпровський фаховий коледж радіоелектроніки</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>1552</v>
-[...3 lines deleted...]
-      </c>
+        <v>480</v>
+      </c>
+      <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ДФКР</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Professional College of Kyiv University of Culture</t>
+          <t>Dnipro Applied College of Radio Electronics</t>
         </is>
       </c>
       <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
-        <v>2000</v>
+        <v>1962</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J19" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J19" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K19" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49006</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. Михайла Грушевського, 9</t>
+          <t>вул. Бандери Степана, 18</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>(044)2846404,0567444623</t>
+          <t>(056) 785-54-07</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
-          <t>kuk_kiev@ukr.net</t>
+          <t>drpbk.info@gmail.com</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
-          <t>https://kuk.edu.ua/</t>
+          <t>www.kre.dp.ua</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Рибчук Лариса Анатоліївна</t>
+          <t>Тіхонов Василь Андрійович</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський фаховий коледж радіоелектроніки</t>
+          <t>Дніпровський фаховий коледж технологій та дизайну</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>480</v>
+        <v>448</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>ДФКР</t>
+          <t>ДФКТД</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Applied College of Radio Electronics</t>
+          <t>Dnipro Applied College of Technology and Design</t>
         </is>
       </c>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
-        <v>1962</v>
+        <v>1958</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J20" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>49006</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010639502</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>вул. Бандери Степана, 18</t>
+          <t>пров. Ушинського, 3</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>(056) 785-54-07</t>
+          <t>+380(56)-375-77-50</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
-          <t>drpbk.info@gmail.com</t>
+          <t>dvnz_dktd@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5" t="inlineStr">
         <is>
-          <t>www.kre.dp.ua</t>
+          <t>http://www.dktd.dp.ua/</t>
         </is>
       </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Тіхонов Василь Андрійович</t>
+          <t>Кожушкіна Тетяна Львівна</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський фаховий коледж технологій та дизайну</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД “ДНІПРОПЕТРОВСЬКИЙ ФАХОВИЙ КОЛЕДЖ СПОРТУ” ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ”</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>448</v>
+        <v>1095</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>ДФКТД</t>
+          <t>КЗ "ДФКС "ДОР"</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Applied College of Technology and Design</t>
+          <t>MUNICIPAL EDUCATION ESTABLISHMENT “DNIPROPETROVSK SPECIALISED SPORT COLLEGE” OF DNIPROPETROVSK REGIONAL COUNCIL”</t>
         </is>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>1958</v>
+        <v>1983</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J21" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K21" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49033</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010639502</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>пров. Ушинського, 3</t>
+          <t>вул. Квартальна, 39</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-375-77-50</t>
+          <t>+38(056)-790-23-43</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
-          <t>dvnz_dktd@ukr.net</t>
+          <t>dvufk@ukr.net</t>
         </is>
       </c>
       <c r="R21" s="5" t="inlineStr">
         <is>
-          <t>http://www.dktd.dp.ua/</t>
+          <t>dfks.com.ua</t>
         </is>
       </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Кожушкіна Тетяна Львівна</t>
+          <t>Дерлюк Олег Анатолійович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД “ДНІПРОПЕТРОВСЬКИЙ ФАХОВИЙ КОЛЕДЖ СПОРТУ” ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ”</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД "ДНІПРОВСЬКИЙ БАЗОВИЙ ФАХОВИЙ МЕДИЧНИЙ КОЛЕДЖ" ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>1095</v>
+        <v>604</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>КЗ "ДФКС "ДОР"</t>
+          <t>ДНІПРОВСЬКИЙ БАЗОВИЙ МЕДИЧНИЙ КОЛЕДЖ</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>MUNICIPAL EDUCATION ESTABLISHMENT “DNIPROPETROVSK SPECIALISED SPORT COLLEGE” OF DNIPROPETROVSK REGIONAL COUNCIL”</t>
+          <t>MUNICIPAL INSTITUTION "DNIPRO BASIC PROFESSIONAL MEDICAL COLLEGE" OF DNIPROPETROVSK REGIONAL COUNCIL"</t>
         </is>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>1983</v>
+        <v>1870</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J22" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>49033</t>
+          <t>49061</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Гладкова, 39</t>
+          <t>просп. Богдана Хмельницького, 23</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>(056)790-23-43</t>
+          <t>(056)749-60-32</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>dvufk@ukr.net</t>
+          <t>dbmk1870@gmail.com</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
-          <t>dfks.com.ua</t>
+          <t>dbmk.dp.ua</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Дерлюк Олег Анатолійович</t>
+          <t>Попович Наталія Олексіївна</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД "ДНІПРОВСЬКИЙ БАЗОВИЙ ФАХОВИЙ МЕДИЧНИЙ КОЛЕДЖ" ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ"</t>
+          <t>Комунальний заклад "Дніпропетровський фаховий мистецько-художній коледж культури" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>604</v>
+        <v>474</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>ДНІПРОВСЬКИЙ БАЗОВИЙ МЕДИЧНИЙ КОЛЕДЖ</t>
+          <t>КЗ "ДФМХКК" ДОР"</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>MUNICIPAL INSTITUTION "DNIPRO BASIC PROFESSIONAL MEDICAL COLLEGE" OF DNIPROPETROVSK REGIONAL COUNCIL"</t>
+          <t>Municipal Institution "Dnepropetrovsk Professional College of Arts and Culture" of Dnipropetrovsk Regional Council"</t>
         </is>
       </c>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
-        <v>1870</v>
+        <v>1961</v>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J23" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
-          <t>49061</t>
+          <t>49044</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>просп. Богдана Хмельницького, 23</t>
+          <t>просп. Дмитра Яворницького, 47</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>(056)749-60-32</t>
+          <t>063-407-54-08</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
-          <t>dbmk1870@gmail.com</t>
+          <t>duk.dnepr@ukr.net</t>
         </is>
       </c>
       <c r="R23" s="5" t="inlineStr">
         <is>
-          <t>dbmk.dp.ua</t>
+          <t>https://dniproart.college/</t>
         </is>
       </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Попович Наталія Олексіївна</t>
+          <t>Рудкевич Інна Володимирівна</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпропетровський фаховий мистецько-художній коледж культури" Дніпропетровської обласної ради"</t>
+          <t>Фаховий коледж зварювання та електроніки імені Є.О. Патона</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>КЗ "ДФМХКК" ДОР"</t>
+          <t>ФКЗЕ імені Є.О. Патона</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>Municipal Institution "Dnepropetrovsk Professional College of Arts and Culture" of Dnipropetrovsk Regional Council"</t>
+          <t>Yevhen Paton Applied College of Welding and Electronics</t>
         </is>
       </c>
       <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>1961</v>
+        <v>1932</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J24" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K24" s="7" t="inlineStr">
         <is>
           <t>49044</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>просп. Дмитра Яворницького, 47</t>
+          <t>вул. Володимира Моссаковського, 2А</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>063-407-54-08</t>
+          <t>+38(056)-377-24-15; +38(056)-377-24-12;</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>duk.dnepr@ukr.net</t>
+          <t>dtsepaton@gmail.com</t>
         </is>
       </c>
       <c r="R24" s="5" t="inlineStr">
         <is>
-          <t>https://dniproart.college/</t>
+          <t>http://dtse.dp.ua</t>
         </is>
       </c>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Рудкевич Інна Володимирівна</t>
+          <t>Новіков Юрій Степанович</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж зварювання та електроніки імені Є.О. Патона</t>
+          <t>Відокремлений структурний підрозділ "Старобільський фаховий коледж Східноукраїнського національного університету імені Володимира Даля"</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="C25" s="6"/>
+        <v>6755</v>
+      </c>
+      <c r="C25" s="6" t="n">
+        <v>21</v>
+      </c>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>ФКЗЕ імені Є.О. Патона</t>
+          <t>ВСП «СФК СНУ ім. В. Даля»</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>Yevhen Paton Applied College of Welding and Electronics</t>
-[...5 lines deleted...]
-      </c>
+          <t>Separate structural subdivision «Starobilsk Applied College of Volodymyr Dahl Eastukrainian National University»</t>
+        </is>
+      </c>
+      <c r="F25" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="G25" s="6"/>
       <c r="H25" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J25" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K25" s="7" t="inlineStr">
         <is>
-          <t>49044</t>
+          <t>49010</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
-          <t>вул. Володимира Моссаковського, 2А</t>
+          <t>просп. Науки, 72</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>+38(056)-377-24-15; +38(056)-377-24-12;</t>
+          <t>+380 66 389 99 87</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
-          <t>dtsepaton@gmail.com</t>
+          <t>stbt_lnau@ukr.net</t>
         </is>
       </c>
       <c r="R25" s="5" t="inlineStr">
         <is>
-          <t>http://dtse.dp.ua</t>
+          <t>https://www.stbcol.in.ua</t>
         </is>
       </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>виконуючий обов'язки директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Новіков Юрій Степанович</t>
+          <t>Жмуренко Надія Володимирівна</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
-[...94 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:V26"/>
+  <autoFilter ref="A1:V25"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>